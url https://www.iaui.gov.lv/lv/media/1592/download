--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,105 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/linda_katlapa_fm_gov_lv/Documents/Microsoft Teams Chat Files/Linda/IAUI/Aprekinatais.atalgojums_25/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="62" documentId="11_F526B37B1D2BF733DF61AB9CB8420376108912F5" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5C0F4FEA-94A9-40CF-87B5-F8846003590C}"/>
+  <xr:revisionPtr revIDLastSave="65" documentId="11_F528B37B1D2BF733565D475CBD420376E08E732B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BB7202D2-F345-4E17-AE82-B12B04A9838F}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Augusts" sheetId="1" r:id="rId1"/>
+    <sheet name="Septembris" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="58">
   <si>
     <t>Priekšnieks</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>Vecākais inspektors</t>
   </si>
   <si>
     <t>Vecākais eksperts</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Vadītājs</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Juriskonsults</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
+    <t>Izložu un azartspēļu uzraudzības inspekcijas amatpersonām,</t>
+  </si>
+  <si>
+    <t>kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus,</t>
+  </si>
+  <si>
+    <t>aprēķinātais atalgojums 2025. gada septembrī</t>
+  </si>
+  <si>
+    <t>Informācija publicēta saskaņā ar Valsts pārvaldes iekārtas likuma 92. panta</t>
+  </si>
+  <si>
+    <t>otro daļu. Aprēķinātais atalgojums var ietvert daļu arī nākamā mēneša</t>
+  </si>
+  <si>
+    <t>atalgojumu, ja amatpersonai ir atvaļinājums, kurš iesākas kārtējā mēnesī</t>
+  </si>
+  <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
     <t>Amats</t>
   </si>
   <si>
     <t>Vārds, uzvārds</t>
   </si>
   <si>
     <t>Signe Birne</t>
   </si>
   <si>
     <t>Valērijs Visockis</t>
   </si>
   <si>
     <t>Voldemārs Romans</t>
   </si>
   <si>
     <t>Ilze Zīverte</t>
   </si>
   <si>
     <t>Jānis Ungurs</t>
   </si>
   <si>
     <t>Evita Jaksone</t>
   </si>
   <si>
     <t>Jānis Laganovskis</t>
@@ -123,116 +188,50 @@
     <t>Marks Freimanis</t>
   </si>
   <si>
     <t>Diāna Ruņģe</t>
   </si>
   <si>
     <t>Artis Blumbergs</t>
   </si>
   <si>
     <t>Jānis Eberšteins</t>
   </si>
   <si>
     <t>Guntis Lībers</t>
   </si>
   <si>
     <t>Linda Doriņa</t>
   </si>
   <si>
     <t>Zane Pētersone</t>
   </si>
   <si>
     <t>Rūdolfs Lūkass</t>
   </si>
   <si>
     <t>Guntars Glazunovs</t>
-  </si>
-[...64 lines deleted...]
-    <t>atalgojumu, ja amatpersonai ir atvaļinājums, kurš iesākas kārtējā mēnesī</t>
   </si>
   <si>
     <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="#0.00"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
@@ -673,444 +672,460 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="F26" sqref="F26"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C55" sqref="C55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7" style="3" customWidth="1"/>
+    <col min="1" max="1" width="9.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" style="3" customWidth="1"/>
-    <col min="3" max="3" width="19.140625" style="3" customWidth="1"/>
-    <col min="4" max="4" width="22.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="26.85546875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="24.7109375" style="3" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B1" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A1" s="1"/>
+      <c r="B1" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B2" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A2" s="1"/>
+      <c r="B2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A3" s="1"/>
+      <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="1"/>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A5" s="1"/>
+      <c r="B5" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A6" s="1"/>
+      <c r="B6" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="2" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:4" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B9" s="8" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="C9" s="8" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="D10" s="5">
         <v>4840</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="D11" s="5">
-        <v>4883.54</v>
+        <v>3291.64</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D12" s="5">
-        <v>1706.93</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="D13" s="5">
-        <v>2212.56</v>
+        <v>2198.2600000000002</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="D14" s="5">
-        <v>3634</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="D15" s="5">
-        <v>2420</v>
+        <v>2439.5300000000002</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" s="11" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="D16" s="5">
-        <v>2535.2399999999998</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="11" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="D17" s="5">
-        <v>1085.6500000000001</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="11" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D18" s="5">
-        <v>2817.07</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="D19" s="5">
-        <v>2654.7</v>
+        <v>1955.53</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="D20" s="5">
-        <v>2470</v>
+        <v>2658.71</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D21" s="5">
-        <v>1539.05</v>
+        <v>1992.72</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="D22" s="5">
-        <v>2283.27</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="D23" s="5">
-        <v>1660.95</v>
+        <v>1250.92</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="D24" s="5">
-        <v>571.42999999999995</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="11" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="D25" s="5">
-        <v>1428.57</v>
+        <v>2307.0500000000002</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" s="11" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="D26" s="5">
-        <v>1710</v>
+        <v>2693.4</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="D27" s="5">
         <v>2662</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" s="11" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="D28" s="5">
-        <v>399.65</v>
+        <v>1766.08</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" s="11" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="D29" s="5">
-        <v>2544.35</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="D30" s="7">
         <v>1500</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="eHlTuEIcMvgkFmpE24VIbP5t6d9qtUDiBpCMeYYjWycQQ1J0qICjzkYNsU3dme4sPg5tjF82D5f8pNMJGixYWw==" saltValue="Pn2IIYqAN7mZr/5zTG6oEw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="IHlmf+Ko6pTDP2adHu5VWEFjStfTg2udTLp200769TWSmdUrtoxAanRhb+qQDZXjAJvM5MfISaivMA0p42GBtw==" saltValue="voUSt+BDXrMtdS1JjS5j6A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="3" type="noConversion"/>
-  <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup orientation="portrait"/>
   <ignoredErrors>
     <ignoredError sqref="A10:A30" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Augusts</vt:lpstr>
+      <vt:lpstr>Septembris</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>