--- v1 (2025-11-02)
+++ v2 (2025-12-07)
@@ -1,283 +1,284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/linda_katlapa_fm_gov_lv/Documents/Microsoft Teams Chat Files/Linda/IAUI/Aprekinatais.atalgojums_25/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="65" documentId="11_F528B37B1D2BF733565D475CBD420376E08E732B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BB7202D2-F345-4E17-AE82-B12B04A9838F}"/>
+  <xr:revisionPtr revIDLastSave="69" documentId="11_F428B37B1D2BF713DE7037BDA44203765008362D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{58D4DC23-7C12-4A59-862C-A92C6E73B1C9}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Septembris" sheetId="1" r:id="rId1"/>
+    <sheet name="Oktobris" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="58">
   <si>
     <t>Priekšnieks</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>Vecākais inspektors</t>
   </si>
   <si>
     <t>Vecākais eksperts</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Vadītājs</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Juriskonsults</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Izložu un azartspēļu uzraudzības inspekcijas amatpersonām,</t>
   </si>
   <si>
     <t>kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus,</t>
   </si>
   <si>
-    <t>aprēķinātais atalgojums 2025. gada septembrī</t>
+    <t>aprēķinātais atalgojums 2025. gada oktobrī</t>
   </si>
   <si>
     <t>Informācija publicēta saskaņā ar Valsts pārvaldes iekārtas likuma 92. panta</t>
   </si>
   <si>
     <t>otro daļu. Aprēķinātais atalgojums var ietvert daļu arī nākamā mēneša</t>
   </si>
   <si>
     <t>atalgojumu, ja amatpersonai ir atvaļinājums, kurš iesākas kārtējā mēnesī</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
+    <t>Amats</t>
+  </si>
+  <si>
+    <t>Signe Birne</t>
+  </si>
+  <si>
+    <t>Valērijs Visockis</t>
+  </si>
+  <si>
+    <t>Voldemārs Romans</t>
+  </si>
+  <si>
+    <t>Ilze Zīverte</t>
+  </si>
+  <si>
+    <t>Jānis Ungurs</t>
+  </si>
+  <si>
+    <t>Evita Jaksone</t>
+  </si>
+  <si>
+    <t>Jānis Laganovskis</t>
+  </si>
+  <si>
+    <t>Inga Zommere</t>
+  </si>
+  <si>
+    <t>Sanda Liepiņa</t>
+  </si>
+  <si>
+    <t>Nadežda Stepanova</t>
+  </si>
+  <si>
+    <t>Guntars Šķirmants</t>
+  </si>
+  <si>
+    <t>Raivis Mazjānis</t>
+  </si>
+  <si>
+    <t>Marks Freimanis</t>
+  </si>
+  <si>
+    <t>Diāna Ruņģe</t>
+  </si>
+  <si>
+    <t>Artis Blumbergs</t>
+  </si>
+  <si>
+    <t>Jānis Eberšteins</t>
+  </si>
+  <si>
+    <t>Guntis Lībers</t>
+  </si>
+  <si>
+    <t>Linda Doriņa</t>
+  </si>
+  <si>
+    <t>Zane Pētersone</t>
+  </si>
+  <si>
+    <t>Rūdolfs Lūkass</t>
+  </si>
+  <si>
+    <t>Guntars Glazunovs</t>
+  </si>
+  <si>
+    <t>Vārds, Uzvārds</t>
+  </si>
+  <si>
+    <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>21</t>
-  </si>
-[...70 lines deleted...]
-    <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="#0.00"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -313,102 +314,92 @@
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -672,460 +663,464 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D30"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C55" sqref="C55"/>
+    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="F28" sqref="F28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.7109375" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.140625" style="3"/>
+    <col min="1" max="1" width="8.1796875" style="3" customWidth="1"/>
+    <col min="2" max="2" width="19" style="3" customWidth="1"/>
+    <col min="3" max="3" width="21.36328125" style="3" customWidth="1"/>
+    <col min="4" max="4" width="30.453125" style="3" customWidth="1"/>
+    <col min="5" max="16384" width="9.1796875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" s="1"/>
       <c r="B5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" s="1"/>
       <c r="B6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A7" s="1"/>
       <c r="B7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A8" s="1"/>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
     </row>
-    <row r="9" spans="1:4" ht="94.5" x14ac:dyDescent="0.25">
-      <c r="A9" s="8" t="s">
+    <row r="9" spans="1:4" ht="75" x14ac:dyDescent="0.35">
+      <c r="A9" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="8" t="s">
+      <c r="B9" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A10" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="7">
+        <v>3205.76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A11" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="7">
+        <v>3458.91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A12" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="7">
+        <v>1732.69</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" s="7">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D14" s="7">
+        <v>3687.59</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="7">
+        <v>2500.4699999999998</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A16" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" s="7">
+        <v>2525.98</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D17" s="7">
+        <v>1773.91</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A18" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="7">
+        <v>2683.62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A19" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" s="7">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" s="7">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A21" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" s="7">
+        <v>1803.76</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" s="7">
+        <v>1599.21</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" s="7">
+        <v>1537.39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D24" s="7">
+        <v>1565.22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C25" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="D25" s="7">
+        <v>789.18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A26" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C26" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="D9" s="9" t="s">
+      <c r="D26" s="7">
+        <v>1635.65</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D27" s="7">
+        <v>2714.61</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B28" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D28" s="7">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" s="7">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="5" t="s">
         <v>57</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="B12" s="4" t="s">
+      <c r="B30" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="4" t="s">
-[...13 lines deleted...]
-      <c r="C13" s="4" t="s">
+      <c r="C30" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="D13" s="5">
-[...153 lines deleted...]
-      <c r="D24" s="5">
+      <c r="D30" s="9">
         <v>1500</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
-[...82 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IHlmf+Ko6pTDP2adHu5VWEFjStfTg2udTLp200769TWSmdUrtoxAanRhb+qQDZXjAJvM5MfISaivMA0p42GBtw==" saltValue="voUSt+BDXrMtdS1JjS5j6A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZNf5+/+cFiovYlnXlGiBUYpgnVCIeMdxcLJkMrx5oQzMt+l94dwwj8aeZlsk2s+dS3/WoXA//iWaGbVdVzV1hA==" saltValue="7lmV2w0vVGgwRdxKLrhqgg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup orientation="portrait"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="A10:A30" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Septembris</vt:lpstr>
+      <vt:lpstr>Oktobris</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>