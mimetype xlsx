--- v2 (2025-12-07)
+++ v3 (2026-01-01)
@@ -1,263 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/linda_katlapa_fm_gov_lv/Documents/Microsoft Teams Chat Files/Linda/IAUI/Aprekinatais.atalgojums_25/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="69" documentId="11_F428B37B1D2BF713DE7037BDA44203765008362D" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{58D4DC23-7C12-4A59-862C-A92C6E73B1C9}"/>
+  <xr:revisionPtr revIDLastSave="61" documentId="11_D536B37B1D2BF723D24C2B3DB442037670851336" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4EC7B249-CA26-45D6-BA92-DE48C25BED7E}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Oktobris" sheetId="1" r:id="rId1"/>
+    <sheet name="2025_novembris" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="56">
   <si>
     <t>Priekšnieks</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>Vecākais inspektors</t>
   </si>
   <si>
     <t>Vecākais eksperts</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Vadītājs</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Juriskonsults</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
+    <t>Nr.p.k.</t>
+  </si>
+  <si>
+    <t>Amats</t>
+  </si>
+  <si>
+    <t>Vārds, uzvārds</t>
+  </si>
+  <si>
+    <t>Signe Birne</t>
+  </si>
+  <si>
+    <t>Valērijs Visockis</t>
+  </si>
+  <si>
+    <t>Voldemārs Romans</t>
+  </si>
+  <si>
+    <t>Ilze Zīverte</t>
+  </si>
+  <si>
+    <t>Jānis Ungurs</t>
+  </si>
+  <si>
+    <t>Evita Jaksone</t>
+  </si>
+  <si>
+    <t>Jānis Laganovskis</t>
+  </si>
+  <si>
+    <t>Inga Zommere</t>
+  </si>
+  <si>
+    <t>Sanda Liepiņa</t>
+  </si>
+  <si>
+    <t>Nadežda Stepanova</t>
+  </si>
+  <si>
+    <t>Guntars Šķirmants</t>
+  </si>
+  <si>
+    <t>Raivis Mazjānis</t>
+  </si>
+  <si>
+    <t>Marks Freimanis</t>
+  </si>
+  <si>
+    <t>Diāna Ruņģe</t>
+  </si>
+  <si>
+    <t>Artis Blumbergs</t>
+  </si>
+  <si>
+    <t>Guntis Lībers</t>
+  </si>
+  <si>
+    <t>Linda Doriņa</t>
+  </si>
+  <si>
+    <t>Zane Pētersone</t>
+  </si>
+  <si>
+    <t>Rūdolfs Lūkass</t>
+  </si>
+  <si>
+    <t>Guntars Glazunovs</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>Izložu un azartspēļu uzraudzības inspekcijas amatpersonām,</t>
   </si>
   <si>
     <t>kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus,</t>
   </si>
   <si>
-    <t>aprēķinātais atalgojums 2025. gada oktobrī</t>
+    <t>aprēķinātais atalgojums 2025. gada novembrī</t>
   </si>
   <si>
     <t>Informācija publicēta saskaņā ar Valsts pārvaldes iekārtas likuma 92. panta</t>
   </si>
   <si>
     <t>otro daļu. Aprēķinātais atalgojums var ietvert daļu arī nākamā mēneša</t>
   </si>
   <si>
     <t>atalgojumu, ja amatpersonai ir atvaļinājums, kurš iesākas kārtējā mēnesī</t>
   </si>
   <si>
-    <t>Nr.p.k.</t>
-[...70 lines deleted...]
-  <si>
     <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
-  </si>
-[...46 lines deleted...]
-    <t>21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="#0.00"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
+      <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
@@ -318,88 +311,73 @@
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -663,464 +641,422 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
-      <selection activeCell="F28" sqref="F28"/>
+    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.1796875" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.1796875" style="3"/>
+    <col min="1" max="1" width="9" style="2" customWidth="1"/>
+    <col min="2" max="2" width="19" style="2" customWidth="1"/>
+    <col min="3" max="3" width="19.08984375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="26.36328125" style="2" customWidth="1"/>
+    <col min="5" max="16384" width="9.1796875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B3" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B5" s="2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A8" s="1"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+    </row>
+    <row r="9" spans="1:4" ht="91.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C1" s="2"/>
-[...4 lines deleted...]
-      <c r="B2" s="2" t="s">
+      <c r="B9" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="2"/>
-[...4 lines deleted...]
-      <c r="B3" s="2" t="s">
+      <c r="C9" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C3" s="2"/>
-[...10 lines deleted...]
-      <c r="B5" s="2" t="s">
+      <c r="D9" s="8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="2"/>
-[...4 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="D10" s="4">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A11" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C6" s="2"/>
-[...4 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="D11" s="4">
+        <v>3212</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A12" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C12" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C7" s="2"/>
-[...9 lines deleted...]
-      <c r="A9" s="10" t="s">
+      <c r="D12" s="4">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="D13" s="4">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="10" t="s">
+      <c r="D14" s="4">
+        <v>3504</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="4">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A16" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="11" t="s">
+      <c r="B16" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="4">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="4" t="s">
+      <c r="B17" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="4">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A11" s="4" t="s">
+      <c r="B18" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" s="4">
+        <v>2904</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B11" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="B19" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D19" s="4">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="B20" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="4">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A21" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="C21" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" s="4">
+        <v>1844.21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D22" s="4">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" s="4">
+        <v>1482.11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D24" s="4">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B13" s="12" t="s">
+      <c r="B25" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C13" s="6" t="s">
-[...7 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="C25" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1627.09</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A26" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B14" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="B26" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" s="4">
+        <v>2695.85</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" s="4">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B15" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A16" s="4" t="s">
+      <c r="B28" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" s="4">
+        <v>1536.56</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="B16" s="12" t="s">
-[...69 lines deleted...]
-      <c r="B21" s="12" t="s">
+      <c r="B29" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C21" s="6" t="s">
-[...41 lines deleted...]
-      <c r="C24" s="6" t="s">
+      <c r="C29" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D24" s="7">
-[...83 lines deleted...]
-      <c r="D30" s="9">
+      <c r="D29" s="6">
         <v>1500</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZNf5+/+cFiovYlnXlGiBUYpgnVCIeMdxcLJkMrx5oQzMt+l94dwwj8aeZlsk2s+dS3/WoXA//iWaGbVdVzV1hA==" saltValue="7lmV2w0vVGgwRdxKLrhqgg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZMzf+plsFLatiFjA7stGt6d8eaGg4D1KvZJel6RsNbmR1Gu/hNy8jW5p3QEQxURLSy2x2O2WNSBHoWkZ4z/Qsg==" saltValue="iXe3/tnsgL9Ze3I8pDzMbg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait"/>
   <ignoredErrors>
-    <ignoredError sqref="A10:A30" numberStoredAsText="1"/>
+    <ignoredError sqref="A10:A29" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Oktobris</vt:lpstr>
+      <vt:lpstr>2025_novembris</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>