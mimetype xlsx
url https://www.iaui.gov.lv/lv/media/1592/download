--- v3 (2026-01-01)
+++ v4 (2026-02-11)
@@ -1,60 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/linda_katlapa_fm_gov_lv/Documents/Microsoft Teams Chat Files/Linda/IAUI/Aprekinatais.atalgojums_25/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="61" documentId="11_D536B37B1D2BF723D24C2B3DB442037670851336" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4EC7B249-CA26-45D6-BA92-DE48C25BED7E}"/>
+  <xr:revisionPtr revIDLastSave="64" documentId="11_D63CB37B1D2BF7A3D07433BCA2420376408A5F9B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF69C5BA-09B9-4DD7-A8F3-3F51BC02E8A4}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025_novembris" sheetId="1" r:id="rId1"/>
+    <sheet name="Atalgojums_decembris" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="56">
   <si>
     <t>Priekšnieks</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>Vecākais inspektors</t>
   </si>
   <si>
     <t>Vecākais eksperts</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
@@ -166,69 +167,69 @@
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
+    <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
+  </si>
+  <si>
     <t>Izložu un azartspēļu uzraudzības inspekcijas amatpersonām,</t>
   </si>
   <si>
     <t>kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus,</t>
   </si>
   <si>
-    <t>aprēķinātais atalgojums 2025. gada novembrī</t>
-[...2 lines deleted...]
-    <t>Informācija publicēta saskaņā ar Valsts pārvaldes iekārtas likuma 92. panta</t>
+    <t>aprēķinātais atalgojums 2025.gada decembrī</t>
+  </si>
+  <si>
+    <t>Informācija publicēta saskaņā ar Valsts pārvaldes iekārtas likuma 92.panta</t>
   </si>
   <si>
     <t>otro daļu. Aprēķinātais atalgojums var ietvert daļu arī nākamā mēneša</t>
   </si>
   <si>
     <t>atalgojumu, ja amatpersonai ir atvaļinājums, kurš iesākas kārtējā mēnesī</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="#0.00"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
@@ -311,73 +312,79 @@
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -641,422 +648,419 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="F15" sqref="F15"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="20.7265625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9" style="2" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="9.1796875" style="2"/>
+    <col min="1" max="1" width="9.1796875" style="1" customWidth="1"/>
+    <col min="2" max="3" width="20.7265625" style="1"/>
+    <col min="4" max="4" width="26.81640625" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="20.7265625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B2" s="1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B3" s="1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B5" s="1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B6" s="1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="B7" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="90.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="10" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
-[...43 lines deleted...]
-    </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="B10" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="C10" s="3" t="s">
+      <c r="C10" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="D10" s="4">
-        <v>4840</v>
+      <c r="D10" s="5">
+        <v>8599.42</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A11" s="3" t="s">
+      <c r="A11" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="B11" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C11" s="3" t="s">
+      <c r="C11" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="D11" s="4">
-        <v>3212</v>
+      <c r="D11" s="5">
+        <v>5317.47</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="B12" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="3" t="s">
+      <c r="C12" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="4">
-        <v>1650</v>
+      <c r="D12" s="5">
+        <v>1686.85</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="B13" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="C13" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="4">
-        <v>2220</v>
+      <c r="D13" s="5">
+        <v>3112.73</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="B14" s="3" t="s">
+      <c r="B14" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C14" s="3" t="s">
+      <c r="C14" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="D14" s="4">
-        <v>3504</v>
+      <c r="D14" s="5">
+        <v>5548</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A15" s="3" t="s">
+      <c r="A15" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="B15" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C15" s="3" t="s">
+      <c r="C15" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="D15" s="4">
-        <v>2550</v>
+      <c r="D15" s="5">
+        <v>4108.0600000000004</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A16" s="3" t="s">
+      <c r="A16" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="B16" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C16" s="3" t="s">
+      <c r="C16" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="D16" s="4">
-        <v>2420</v>
+      <c r="D16" s="5">
+        <v>5324</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="B17" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C17" s="3" t="s">
+      <c r="C17" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="D17" s="4">
-        <v>1760</v>
+      <c r="D17" s="5">
+        <v>1556.33</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A18" s="3" t="s">
+      <c r="A18" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="B18" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C18" s="3" t="s">
+      <c r="C18" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="D18" s="4">
-        <v>2904</v>
+      <c r="D18" s="5">
+        <v>4406.95</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A19" s="3" t="s">
+      <c r="A19" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="B19" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C19" s="3" t="s">
+      <c r="C19" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="D19" s="4">
-        <v>1790</v>
+      <c r="D19" s="5">
+        <v>3033.89</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="B20" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C20" s="3" t="s">
+      <c r="C20" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="D20" s="4">
-        <v>2470</v>
+      <c r="D20" s="5">
+        <v>3900.51</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A21" s="3" t="s">
+      <c r="A21" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="B21" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C21" s="3" t="s">
+      <c r="C21" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="D21" s="4">
-        <v>1844.21</v>
+      <c r="D21" s="5">
+        <v>2947.36</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="B22" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C22" s="3" t="s">
+      <c r="C22" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="D22" s="4">
-        <v>1617</v>
+      <c r="D22" s="5">
+        <v>2224.84</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A23" s="3" t="s">
+      <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="B23" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="3" t="s">
+      <c r="C23" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D23" s="4">
-        <v>1482.11</v>
+      <c r="D23" s="5">
+        <v>1519.69</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A24" s="3" t="s">
+      <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="B24" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="C24" s="3" t="s">
+      <c r="C24" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="D24" s="4">
-        <v>1500</v>
+      <c r="D24" s="5">
+        <v>2250</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A25" s="3" t="s">
+      <c r="A25" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="B25" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="C25" s="3" t="s">
+      <c r="C25" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="D25" s="4">
-        <v>1627.09</v>
+      <c r="D25" s="5">
+        <v>3249</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="B26" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C26" s="3" t="s">
+      <c r="C26" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="D26" s="4">
-        <v>2695.85</v>
+      <c r="D26" s="5">
+        <v>4298.2</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B27" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C27" s="3" t="s">
+      <c r="C27" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="D27" s="4">
-        <v>1760</v>
+      <c r="D27" s="5">
+        <v>2690</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A28" s="3" t="s">
+      <c r="A28" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="B28" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C28" s="3" t="s">
+      <c r="C28" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="D28" s="4">
-        <v>1536.56</v>
+      <c r="D28" s="5">
+        <v>1667.37</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A29" s="5" t="s">
+      <c r="A29" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="5" t="s">
+      <c r="B29" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="C29" s="5" t="s">
+      <c r="C29" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="D29" s="6">
-        <v>1500</v>
+      <c r="D29" s="7">
+        <v>1664.21</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ZMzf+plsFLatiFjA7stGt6d8eaGg4D1KvZJel6RsNbmR1Gu/hNy8jW5p3QEQxURLSy2x2O2WNSBHoWkZ4z/Qsg==" saltValue="iXe3/tnsgL9Ze3I8pDzMbg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="qWabToQ14hdZb0oiezGk+PBbE8fb1y+koVebd4krsWUJ10IgzE/Qlh86Hwd3g1IdiO3nTsetZAoDvKL2VZQoEw==" saltValue="UJLHCIzBVHokLUQux8yw3w==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="3" type="noConversion"/>
-  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <pageSetup orientation="portrait"/>
+  <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="A10:A29" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025_novembris</vt:lpstr>
+      <vt:lpstr>Atalgojums_decembris</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>