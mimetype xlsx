--- v4 (2026-02-11)
+++ v5 (2026-03-03)
@@ -1,278 +1,277 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/linda_katlapa_fm_gov_lv/Documents/Microsoft Teams Chat Files/Linda/IAUI/Aprekinatais.atalgojums_25/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv-my.sharepoint.com/personal/linda_katlapa_fm_gov_lv/Documents/Microsoft Teams Chat Files/Linda/IAUI/Aprekinatais.atalgojums/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="64" documentId="11_D63CB37B1D2BF7A3D07433BCA2420376408A5F9B" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FF69C5BA-09B9-4DD7-A8F3-3F51BC02E8A4}"/>
+  <xr:revisionPtr revIDLastSave="68" documentId="11_352FB37B1D2BF753D05363BFA7420376108F0D98" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D9E54B6E-E544-4922-B5DF-9FDF36C981A3}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Atalgojums_decembris" sheetId="1" r:id="rId1"/>
+    <sheet name="Atalgojums_janvaris" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="56">
   <si>
     <t>Priekšnieks</t>
   </si>
   <si>
     <t>Direktors</t>
   </si>
   <si>
     <t>Vecākais inspektors</t>
   </si>
   <si>
     <t>Vecākais eksperts</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Vadītājs</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Juriskonsults</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
+    <t>Vārds, uzvārds</t>
+  </si>
+  <si>
+    <t>Signe Birne</t>
+  </si>
+  <si>
+    <t>Valērijs Visockis</t>
+  </si>
+  <si>
+    <t>Voldemārs Romans</t>
+  </si>
+  <si>
+    <t>Ilze Zīverte</t>
+  </si>
+  <si>
+    <t>Jānis Ungurs</t>
+  </si>
+  <si>
+    <t>Evita Jaksone</t>
+  </si>
+  <si>
+    <t>Jānis Laganovskis</t>
+  </si>
+  <si>
+    <t>Inga Zommere</t>
+  </si>
+  <si>
+    <t>Sanda Liepiņa</t>
+  </si>
+  <si>
+    <t>Nadežda Stepanova</t>
+  </si>
+  <si>
+    <t>Guntars Šķirmants</t>
+  </si>
+  <si>
+    <t>Raivis Mazjānis</t>
+  </si>
+  <si>
+    <t>Marks Freimanis</t>
+  </si>
+  <si>
+    <t>Diāna Ruņģe</t>
+  </si>
+  <si>
+    <t>Artis Blumbergs</t>
+  </si>
+  <si>
+    <t>Guntis Lībers</t>
+  </si>
+  <si>
+    <t>Linda Doriņa</t>
+  </si>
+  <si>
+    <t>Zane Pētersone</t>
+  </si>
+  <si>
+    <t>Rūdolfs Lūkass</t>
+  </si>
+  <si>
+    <t>Guntars Glazunovs</t>
+  </si>
+  <si>
     <t>Amats</t>
   </si>
   <si>
-    <t>Vārds, uzvārds</t>
-[...59 lines deleted...]
-    <t>Guntars Glazunovs</t>
+    <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Bruto aprēķinātais atalgojums (EUR), ieskaitot piemaksas, prēmijas un naudas balvas, ja tādas ir bijušas</t>
-[...1 lines deleted...]
-  <si>
     <t>Izložu un azartspēļu uzraudzības inspekcijas amatpersonām,</t>
   </si>
   <si>
     <t>kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus,</t>
   </si>
   <si>
-    <t>aprēķinātais atalgojums 2025.gada decembrī</t>
-[...1 lines deleted...]
-  <si>
     <t>Informācija publicēta saskaņā ar Valsts pārvaldes iekārtas likuma 92.panta</t>
   </si>
   <si>
     <t>otro daļu. Aprēķinātais atalgojums var ietvert daļu arī nākamā mēneša</t>
   </si>
   <si>
     <t>atalgojumu, ja amatpersonai ir atvaļinājums, kurš iesākas kārtējā mēnesī</t>
+  </si>
+  <si>
+    <t>aprēķinātais atalgojums 2026.gada janvārī</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="168" formatCode="#0.00"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -306,85 +305,98 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="168" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
@@ -648,419 +660,416 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+      <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="20.7265625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="20.7265625" style="1"/>
+    <col min="1" max="1" width="8.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="21.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="26.85546875" style="1" customWidth="1"/>
+    <col min="5" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B1" s="1" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B3" s="1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B5" s="1" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="B5" s="1" t="s">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B6" s="1" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="B6" s="1" t="s">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B7" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="A9" s="3" t="s">
+    <row r="9" spans="1:4" ht="87" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="D9" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="D9" s="10" t="s">
+      <c r="D10" s="4">
+        <v>3352.38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="4">
+        <v>4914.01</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="4">
+        <v>785.72</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="4">
+        <v>3171.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="4">
+        <v>3504</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="4">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="4">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="4">
+        <v>2412.8200000000002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="4">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" s="4">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D20" s="4">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" s="4">
+        <v>1776.09</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" s="4">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D23" s="4">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="4">
+        <v>1509.07</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1724.39</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="4">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="4">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="4">
+        <v>1645.71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="10" t="s">
         <v>49</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      <c r="B12" s="4" t="s">
+      <c r="B29" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="4" t="s">
-[...223 lines deleted...]
-      <c r="C28" s="4" t="s">
+      <c r="C29" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="D28" s="5">
-[...14 lines deleted...]
-        <v>1664.21</v>
+      <c r="D29" s="6">
+        <v>2616.04</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="qWabToQ14hdZb0oiezGk+PBbE8fb1y+koVebd4krsWUJ10IgzE/Qlh86Hwd3g1IdiO3nTsetZAoDvKL2VZQoEw==" saltValue="UJLHCIzBVHokLUQux8yw3w==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7f9Rf1JMDL7dwmuLNgLQHz4kAwHq5V3VyQfWwOv/GveckhZkOLz75ZfYdMNb4IP95Z2NMwn9IGqvl2kg+2CwaA==" saltValue="nyVgzBA1JWEdJcFINvmPTQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <phoneticPr fontId="3" type="noConversion"/>
-  <pageMargins left="0.35433070866141736" right="0.35433070866141736" top="0.78740157480314965" bottom="0.78740157480314965" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup orientation="portrait"/>
   <ignoredErrors>
     <ignoredError sqref="A10:A29" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Atalgojums_decembris</vt:lpstr>
+      <vt:lpstr>Atalgojums_janvaris</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>