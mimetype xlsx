--- v0 (2025-10-21)
+++ v1 (2026-02-05)
@@ -1,5701 +1,5598 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/activeX/activeX1.bin" ContentType="application/vnd.ms-office.activeX"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iaui-skirm\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIKontrolesnodaa/Koplietojamie dokumenti/Bloķēšana/Blokejamas adreses/Lemumi/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{21B2C6EE-670C-4293-AEFC-D6CB9C87DB6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{356B1D52-DF3A-4E7D-8DD1-2C864D35BDA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{05208025-5BBE-4156-AD8D-4B3CC8BD779C}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Firmas" sheetId="1" r:id="rId1"/>
+    <sheet name="Visi_komersanti" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">Firmas!$5:$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Visi_komersanti!$A$3:$E$594</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...15 lines deleted...]
-  </extLst>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2371" uniqueCount="2176">
-[...4 lines deleted...]
-    <t>*Jāņem vērā, ja nākamajos lēmumos firmas nosaukums atkārtojas ar iepriekšējos lēmumos esošajiem, tad uzskaitē tie netiek atkārtoti uzskaitīti.</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2367" uniqueCount="2133">
+  <si>
+    <t>Bloķēto komersantu saraksts</t>
   </si>
   <si>
     <t>Azartspēļu organizētāja kapitālsabiedrības nosaukums</t>
   </si>
   <si>
     <t>Kapitālsabiedrības adrese</t>
   </si>
   <si>
     <t>Kapitālsabiedrības reģistrācijas numurs un valsts</t>
   </si>
   <si>
     <t>*Inspekcijas lēmuma numurs un datums</t>
   </si>
   <si>
+    <t>Double Zero Casino Ltd</t>
+  </si>
+  <si>
+    <t>G.B Building, Watar street, Ta'Xbiex, XBX 1301, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 38461, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 1-Blok</t>
+  </si>
+  <si>
+    <t>Nordic Odds Ltd</t>
+  </si>
+  <si>
+    <t>VAULT 14, LEVEL 2, VALLETTA WATERFRONT, FLORIANA, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 38454, Malta</t>
+  </si>
+  <si>
+    <t>Nordic poker Ltd</t>
+  </si>
+  <si>
+    <t>Nr. C 38467, Malta</t>
+  </si>
+  <si>
+    <t>Rational Gaming Europe Ltd</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8, Sir Temi Zammit Avenue, Ta' Xbiex, XBX 1011, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 54266, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 2-Blok</t>
+  </si>
+  <si>
+    <t>Betway Limited</t>
+  </si>
+  <si>
+    <t>9, Empire Stadium Street, Gzira, GZR 1300, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 39710, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.4-Blok</t>
+  </si>
+  <si>
+    <t>Safepay Malta Limited</t>
+  </si>
+  <si>
+    <t>Level 4, Marina Business Centre, Abate Rigord Street, Ta´Xbiex XBX 1127, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 42114, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.5-Blok</t>
+  </si>
+  <si>
+    <t>Rational FT Enterprises (Malta) Limited</t>
+  </si>
+  <si>
+    <t>Nr. C 56851, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 6-Blok</t>
+  </si>
+  <si>
+    <t>Aragon International Limited</t>
+  </si>
+  <si>
+    <t>135, High street, Sliema SLM 1549, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C42296, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 9-Blok</t>
+  </si>
+  <si>
+    <t>Cassava Enterprises (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>Cassava Enterprises Gibraltar Ltd., 601-701 Europort, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 83961, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 10-Blok</t>
+  </si>
+  <si>
+    <t>Unibet Alderney Limited</t>
+  </si>
+  <si>
+    <t>Inchalla, Le Val, Alderney, GY9 3UL</t>
+  </si>
+  <si>
+    <t>Nr. 1897, Alderney</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 11-Blok</t>
+  </si>
+  <si>
+    <t>ElectraWorks Limited</t>
+  </si>
+  <si>
+    <t>Suite 6, Atlantic Suites, Europort Avenue, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 94014, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.12-Blok</t>
+  </si>
+  <si>
+    <t>Expekt Gaming (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>62/64 Irish Town, Gibraltar. Expekt Gaming (Gibraltar)</t>
+  </si>
+  <si>
+    <t>Nr. 105895, Gibraltar.</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr. 13-Blok</t>
+  </si>
+  <si>
+    <t>Bet365 Group Limited</t>
+  </si>
+  <si>
+    <t>HILLSIDE, FESTIVAL WAY, STOKE ON TRENT, STAFFORDSHIRE, ST1 5SH, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 04241161, United Kingdom</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.14-Blok</t>
+  </si>
+  <si>
+    <t>Bayton Ltd</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8, Sir Temi Zammit Avenue, Ta Xbiex XBX1011, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 41970, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.15-Blok</t>
+  </si>
+  <si>
+    <t>Onisac Limited</t>
+  </si>
+  <si>
+    <t>Suite 901 Europort, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 98621, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.16-Blok</t>
+  </si>
+  <si>
+    <t>Betfair International PLC</t>
+  </si>
+  <si>
+    <t>Triq il-Kappillan Mifsud, St. Venera, SVR 1851, MALTA</t>
+  </si>
+  <si>
+    <t>Nr. C 52279, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.17-Blok</t>
+  </si>
+  <si>
+    <t>WHG (International) Limited</t>
+  </si>
+  <si>
+    <t>6/1 Waterport Place, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 99191, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.18-Blok</t>
+  </si>
+  <si>
+    <t>BML Group Limited</t>
+  </si>
+  <si>
+    <t>'Betsson Experience Centre', Ta' Xbiex Seafront, Ta' Xbiex, XBX 1027, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 34836, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.augusta Lēmums Nr.20-Blok</t>
+  </si>
+  <si>
+    <t>PKR Limited</t>
+  </si>
+  <si>
+    <t>Millennium House, Ollivier Street, St. Anne, Alderney, Channel Islands, GY9 3TD</t>
+  </si>
+  <si>
+    <t>Nr. 1541, Alderney</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.22-Blok</t>
+  </si>
+  <si>
+    <t>Zirconium Gaming Limited</t>
+  </si>
+  <si>
+    <t>Zirconium Gaming Limited, No 6 Temple Street, St. John's, Antigua, Antigua and Barbuda</t>
+  </si>
+  <si>
+    <t>Nr. 15601, Antigua &amp; Barbuda</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.23-Blok</t>
+  </si>
+  <si>
+    <t>Ellmount Gaming Limited</t>
+  </si>
+  <si>
+    <t>68 Waterfront Place, Flat 41, The Strand, SLM 1022, Sliema, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 52868, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.24-Blok</t>
+  </si>
+  <si>
+    <t>Petfre (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>Unit 5.2 , Waterport Place, 2 Europort Avenue, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 99314, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.26-Blok</t>
+  </si>
+  <si>
+    <t>Headlong Limited</t>
+  </si>
+  <si>
+    <t>85, St John Street, Valletta, VLT1165, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C60820, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.27-Blok</t>
+  </si>
+  <si>
+    <t>Bet-at-home.com Entertainment Limited</t>
+  </si>
+  <si>
+    <t>Portomaso Business Tower, Level 12, STJ 4011, St. Julian's, MALTA</t>
+  </si>
+  <si>
+    <t>Nr. C 35055, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.28-Blok</t>
+  </si>
+  <si>
+    <t>Bet-at-home.com Internet Limited</t>
+  </si>
+  <si>
+    <t>Nr. C 35109, Malta</t>
+  </si>
+  <si>
+    <t>Personal Exchange International Limited</t>
+  </si>
+  <si>
+    <t>LEVEL 2, MARINA BUSINESS CENTRE, ABATE RIGORD STREET, TA' XBIEX, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 30759, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.29-Blok</t>
+  </si>
+  <si>
+    <t>Digimedia Limited</t>
+  </si>
+  <si>
+    <t>Digimedia Ltd, of Villa Seminia 8, Sir Temi Zammit Avenue, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 45651, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.36-Blok</t>
+  </si>
+  <si>
+    <t>Victor Chandler International Limited</t>
+  </si>
+  <si>
+    <t>23 Portland House, Glacis Road, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 42734, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.37-Blok</t>
+  </si>
+  <si>
+    <t>OddsMatrix Limited</t>
+  </si>
+  <si>
+    <t>Suite 4, Num. 62/63 Morina Court, George Borg Olivier Street, St.Julians, STJ 1081, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 44411, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.augusta Lēmums Nr.38-Blok</t>
+  </si>
+  <si>
+    <t>EveryMatrix N.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dr. Hugenholtzweg Z/N, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 108354, Curacao</t>
+  </si>
+  <si>
+    <t>Unibet (International) Ltd</t>
+  </si>
+  <si>
+    <t>“Fawwara Bldgs”, Msida Road, Gzira GZR 1405, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 26127, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.46-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Intoscope Finance Limited </t>
+  </si>
+  <si>
+    <t>Vasileos Pavlou, 60, Agios Dometios, 2360, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. C 324399, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.48-Blok</t>
+  </si>
+  <si>
+    <t>TSE Services Limited</t>
+  </si>
+  <si>
+    <t>TSE Services Limited of Suites 2/4&amp;5, Waterport Place, Europort Avenue, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 107473, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.50-Blok</t>
+  </si>
+  <si>
+    <t>CryptoLogic Malta Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, Suite 519, 14/19 Strait Street, Valletta, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43618, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.52-Blok</t>
+  </si>
+  <si>
+    <t>Cryptologic Operations Limited</t>
+  </si>
+  <si>
+    <t>Office 1/1457, Level G, Quantum House, 75, Abate Rigord Street, Ta' Xbiex Xbx 1120, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 39358, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.54-Blok</t>
+  </si>
+  <si>
+    <t>Probe Investments Limited</t>
+  </si>
+  <si>
+    <t>Abacus Building Suite 2, Psaila Street, St.Venera, SVR 9017, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 51749, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.57-Blok</t>
+  </si>
+  <si>
+    <t>Ladbrokes International Limited</t>
+  </si>
+  <si>
+    <t>57/63 Line Wall Road, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 46808, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.58-Blok</t>
+  </si>
+  <si>
+    <t>Comfortlink N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg, Landhuis Groot Kwartier Groot Kwartierweg 12, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 120104, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.59-Blok</t>
+  </si>
+  <si>
+    <t>Mr Green Limited</t>
+  </si>
+  <si>
+    <t>Mr Green Limited, Tagliaferro Business Centre, Level 7, High Street, Sliema SLM 1549, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43260, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.63-Blok</t>
+  </si>
+  <si>
+    <t>Panbet Curacao N.V.</t>
+  </si>
+  <si>
+    <t>Van Engelenweg 23, Curacao, Netherlands Antilles</t>
+  </si>
+  <si>
+    <t>Nr. 118257, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.64-Blok</t>
+  </si>
+  <si>
+    <t>MMB N.V.</t>
+  </si>
+  <si>
+    <t>Wilhelminalaan 13, Ecommerce Park Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 126936, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.65-Blok</t>
+  </si>
+  <si>
+    <t>Fastengine Processing Limited,  starpnieks</t>
+  </si>
+  <si>
+    <t>1 Katalanau Str, Nicosia, 2121, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 171700, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.67-Blok</t>
+  </si>
+  <si>
+    <t>Imperial E-Club Limited</t>
+  </si>
+  <si>
+    <t>Imperial E-Club Limited, No. 6 Temple Street, St. John’s, Antigua.</t>
+  </si>
+  <si>
+    <t>Nr.nav identificējams, Antigua and Barbuda</t>
+  </si>
+  <si>
+    <t>Cosmo Gaming Company Ltd</t>
+  </si>
+  <si>
+    <t>209 Marina Street, Pieta PTA 9041, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 39218, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 25.augusta Lēmums Nr.79-Blok</t>
+  </si>
+  <si>
+    <t>HB Gaming Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, 28/19 (Suite 1205) Strait Street, Valletta, VLT 1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 57534, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 25.augusta Lēmums Nr.80-Blok</t>
+  </si>
+  <si>
+    <t>InTouch Casino Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, 28/19 (Suite 622 and 623 respectively) Strait Street, Valletta, VLT 1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 44237, Malta</t>
+  </si>
+  <si>
+    <t>InTouch Poker Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, 28/19 (Suite 623) Strait Street, Valletta, VLT 1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 44236, Malta</t>
+  </si>
+  <si>
+    <t>RedBet Gaming Limited</t>
+  </si>
+  <si>
+    <t>Redbet Gaming Ltd, 85 St John Street, Valletta, VLT 1165, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43731, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 25.augusta Lēmums Nr.82-Blok</t>
+  </si>
+  <si>
+    <t>Bonne Terre Limited</t>
+  </si>
+  <si>
+    <t>Maison de la Paix, Wide Lane, Alderney, Channel Islands GY9 3UZ</t>
+  </si>
+  <si>
+    <t>Nr. 1110, Alderney</t>
+  </si>
+  <si>
+    <t>2014.gada 25.augusta Lēmums Nr.85-Blok</t>
+  </si>
+  <si>
+    <t>Co-Gaming Limited</t>
+  </si>
+  <si>
+    <t>Block A, Suite 3, 177, Skyway Offices, Marina Street, Pieta, PTA 9042, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 47444, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 25.augusta Lēmums Nr.97-Blok</t>
+  </si>
+  <si>
+    <t>Go North Limited</t>
+  </si>
+  <si>
+    <t>Villa Seminia 8, Sir Temi Zammit Ave, Ta' Xbiex, Xbx 1011, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 42898, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 25.augusta Lēmums Nr.98-Blok</t>
+  </si>
+  <si>
+    <t>LeoVegas Gaming Limited</t>
+  </si>
+  <si>
+    <t>LeoVegas Gaming Ltd Level 7, The Plaza Centre, Bisazza Street, SLM 1640, Sliema, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 59314, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.102-Blok</t>
+  </si>
+  <si>
+    <t>Royal Panda Limited</t>
+  </si>
+  <si>
+    <t>Royal Panda Limited, Vincenti Buildings, Suite 1239 28/19, Strait Street, Valletta, VLT 1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 58222, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.103-Blok</t>
+  </si>
+  <si>
+    <t>bgo Entertainment Ltd</t>
+  </si>
+  <si>
+    <t>bgo Entertainment Ltd,Inchalla, Le Val, Alderney, GY9 3UL</t>
+  </si>
+  <si>
+    <t>Nr. 1839, Alderney</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.104-Blok</t>
+  </si>
+  <si>
+    <t>32Red Plc</t>
+  </si>
+  <si>
+    <t>32Red Plc, 942 Europort, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 83626, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.106-Blok</t>
+  </si>
+  <si>
+    <t>Vuetec Gaming Limited</t>
+  </si>
+  <si>
+    <t>Vault 14, Level 2, Valletta Waterfront, Floriana FRN1913, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50888, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.112-Blok</t>
+  </si>
+  <si>
+    <t>Panda Media Limited</t>
+  </si>
+  <si>
+    <t>Level 1, Suite No. 5, Tower Street, Swatar, BKR 4013, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 49090, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.113-Blok</t>
+  </si>
+  <si>
+    <t>Panda Media N.V.</t>
+  </si>
+  <si>
+    <t>Van Engelenweg 23, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 98585, Curacao</t>
+  </si>
+  <si>
+    <t>440 Group N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park, Vredenberg, Curaçao</t>
+  </si>
+  <si>
+    <t>Nr. 126068, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.115-Blok</t>
+  </si>
+  <si>
+    <t>440 Media Group Limited</t>
+  </si>
+  <si>
+    <t>Suite 724, Ftieh Street, Birkirkara Bypass, Birkirkara, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 56724, Malta</t>
+  </si>
+  <si>
+    <t>Soft Bet Limited</t>
+  </si>
+  <si>
+    <t>40, Gummar Street, Birkirkara BKR 4753, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 31172, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.116-Blok</t>
+  </si>
+  <si>
+    <t>PlayCherry Limited</t>
+  </si>
+  <si>
+    <t>8th Floor, Tagliaferro Business Centre, 14 Gaiety Lane, c/w High Street, Sliema, SLM1551, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43059, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.118-Blok</t>
+  </si>
+  <si>
+    <t>Eurofootball Limited</t>
+  </si>
+  <si>
+    <t>64/1 Agiton Bldgs., St. Anthony Street, San Gwann, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 40842, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.119-Blok</t>
+  </si>
+  <si>
+    <t>WinUnited Limited</t>
+  </si>
+  <si>
+    <t>Level 1, 271 Tower Road, Sliema, SLM 1600, Malta.</t>
+  </si>
+  <si>
+    <t>Nr. C 35409, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.septembra Lēmums Nr.120-Blok</t>
+  </si>
+  <si>
+    <t>Townview Trading Ltd</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8 Sir Temi Zammit Avenue Ta´Xbiex XBX 1011 Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 44378, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.123-Blok</t>
+  </si>
+  <si>
+    <t>Audeo N.V.</t>
+  </si>
+  <si>
+    <t>P.O. Box 3045, E-Commerce Park Vredenberg Willemstad – Curaçao</t>
+  </si>
+  <si>
+    <t>Nr. 127564, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.126-Blok</t>
+  </si>
+  <si>
+    <t>Starfish Media N.V.</t>
+  </si>
+  <si>
+    <t>Emancipatie Boulevard 29, Curaçao, Dutch Caribbean</t>
+  </si>
+  <si>
+    <t>Nr. 125528, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.127-Blok</t>
+  </si>
+  <si>
+    <t>Starpay Limited</t>
+  </si>
+  <si>
+    <t>DSLR Notaries, Suite 725, Ftieh Street, Birkirkara Bypass, Birkirkara, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 56562, Malta</t>
+  </si>
+  <si>
+    <t>Smart Gaming Group Malta Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, Suite 309, 28/19 Strait Street, Valletta, VLT 1432 Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 37808, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.132-Blok</t>
+  </si>
+  <si>
+    <t>Smart TV Broadcasting Limited</t>
+  </si>
+  <si>
+    <t>3rd Floor, 233 High Holborn, London WC1V 7DN, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 05849825, United Kingdom</t>
+  </si>
+  <si>
+    <t>BTG Global N.V.</t>
+  </si>
+  <si>
+    <t>Landhuis Groot Kwartier Groot Kwartierweg 12, Curasao</t>
+  </si>
+  <si>
+    <t>Nr. 104761, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.135-Blok</t>
+  </si>
+  <si>
+    <t>Go Wild Malta Ltd</t>
+  </si>
+  <si>
+    <t>Villa Seminia 8, Ta' Xbiex XBX1011 Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43606, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.137-Blok</t>
+  </si>
+  <si>
+    <t>Megapixel Entertainment Ltd</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8, Sir Temi Zammit Avenue, Ta'Xbiex</t>
+  </si>
+  <si>
+    <t>Nr. C 42051, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.138-Blok</t>
+  </si>
+  <si>
+    <t>Ncrypt Solutions Limited</t>
+  </si>
+  <si>
+    <t>Ncrypt Solutions Ltd, Heritage House, 235 Main Street, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 97849, Gibraltar</t>
+  </si>
+  <si>
+    <t>InterWetten Gaming Limited</t>
+  </si>
+  <si>
+    <t>The Globe Building 120, 5th Floor, The Strand, Gzira, GZR 1027, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 35736, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.septembra Lēmums Nr.140-Blok</t>
+  </si>
+  <si>
+    <t>Alibaba Casino Limited</t>
+  </si>
+  <si>
+    <t>21, Charles court(suite 98), St. Luke’s Road, Pieta, PTA 1027, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 57807, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.140-Blok</t>
+  </si>
+  <si>
+    <t>Coral Interactive (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>Regal House, Suite 3B, 3rd Floor, Queensway, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 106323, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.141-Blok</t>
+  </si>
+  <si>
+    <t>Gala Interactive (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>Nr. 106322, Gibraltar</t>
+  </si>
+  <si>
+    <t>Digibet Limited</t>
+  </si>
+  <si>
+    <t>Ground Floor Neptune House, 08 Bayside Road, Marina Bay, P.O. Box 1416, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 87166, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.145-Blok</t>
+  </si>
+  <si>
+    <t>Betclic (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>57/63 Line Wall Road, PO Box 199, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr.106443, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.146-Blok</t>
+  </si>
+  <si>
+    <t>NRR Entertainment Limited</t>
+  </si>
+  <si>
+    <t>12/13 Strait Street, Valletta, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 47261, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.149-Blok</t>
+  </si>
+  <si>
+    <t>Betit Operations Ltd</t>
+  </si>
+  <si>
+    <t>The Firs Flat 1, George Borg Olivier Str, Sliema SLM1801, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 60173, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.152-Blok</t>
+  </si>
+  <si>
+    <t>Pronzo Entertainment B.V.</t>
+  </si>
+  <si>
+    <t>Emancipatie Boulevard 29, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 130319, Curacao</t>
+  </si>
+  <si>
+    <t>Logispin N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J.Hugenholtzweg Z/N, UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 127157, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.153-Blok</t>
+  </si>
+  <si>
+    <t>Invicta Networks N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg / Landhuis Groot Kwartier Groot Kwarierweg 12, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 123787, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.154-Blok</t>
+  </si>
+  <si>
+    <t>Brivio Limited</t>
+  </si>
+  <si>
+    <t>Arch. Makariou III, 135, Emelle Building, 4th Floor, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 315596, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.158-Blok</t>
+  </si>
+  <si>
+    <t>Igame Malta Limited</t>
+  </si>
+  <si>
+    <t>St. Julian’s Business Centre, Office 3, Level 3, Elia Zammit Street, St. Julian’s STJ 3153, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C44618, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.septembra Lēmums Nr.160-Blok</t>
+  </si>
+  <si>
+    <t>To Play Central Ltd</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8, Sir Temi Zammit Avenue, Ta' Xbiex XBX1011, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 54644, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.162-Blok</t>
+  </si>
+  <si>
+    <t>Shadforth Associates Limited</t>
+  </si>
+  <si>
+    <t>Archbishop Makarios, 73, METHONIS TOWER, Floor 3, 2082, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 167161, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.164-Blok</t>
+  </si>
+  <si>
+    <t>Dumarca Gaming Limited</t>
+  </si>
+  <si>
+    <t>2 St. Pius V. Street, Level 3, Sliema, SLM1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50898, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.166-Blok</t>
+  </si>
+  <si>
+    <t>Bluemay Enterprises N.V.</t>
+  </si>
+  <si>
+    <t>N.V. Dr Hugenholtz z/n UTS Building dsf Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 120996, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.167-Blok</t>
+  </si>
+  <si>
+    <t>Gantor International Limited</t>
+  </si>
+  <si>
+    <t>109, Sir William Reid Street, Gzira, GZR1033, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 42764, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.168-Blok</t>
+  </si>
+  <si>
+    <t>WL Services N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg Z/N, UTS Gebouw, Malta</t>
+  </si>
+  <si>
+    <t>Nr. 124926, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.169-Blok</t>
+  </si>
+  <si>
+    <t>Realm Entertainment Limited</t>
+  </si>
+  <si>
+    <t>Suite 1, The Marina Business Center, Abate Rigord Street, Ta’ Xbiex, XBX 1129, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 51126, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.172-Blok</t>
+  </si>
+  <si>
+    <t>Goldbet Entertainment Limited</t>
+  </si>
+  <si>
+    <t>“The Dolphins’, Sir Ugo Misfud Street, Ta’ Xbiex 1071, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 52679, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.174-Blok</t>
+  </si>
+  <si>
+    <t>Goldbet Sportwetten GmbH</t>
+  </si>
+  <si>
+    <t>Eduard-Bodem Gasse 8/2 - 6020 Innsbruck, Österreich, Austria</t>
+  </si>
+  <si>
+    <t>Nr. 197659a, Austria</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.175-Blok</t>
+  </si>
+  <si>
+    <t>SK Processing Ltd</t>
+  </si>
+  <si>
+    <t>Agiou Andreou 332, Partician Chambers, CY3035 Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 172949, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.176-Blok</t>
+  </si>
+  <si>
+    <t>Quasar Limited</t>
+  </si>
+  <si>
+    <t>Suite 3, Level 1, 64/1 Agiton Buildings, St Anthony Street, San Gwann, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50401, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.177-Blok</t>
+  </si>
+  <si>
+    <t>Mansion Online Casino Limited</t>
+  </si>
+  <si>
+    <t>Mansion Online Casino Ltd of Suite 901 Europort, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 92315, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 22.septembra Lēmums Nr.181-Blok</t>
+  </si>
+  <si>
+    <t>IBA Entertainment Ltd</t>
+  </si>
+  <si>
+    <t>2nd floor of Melita Court, 2 Giuseppe Cali Street, Ta’Xbiex, XBX1324, MALTA</t>
+  </si>
+  <si>
+    <t>Nr. C 47819, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 29.septembra Lēmums Nr.193-Blok</t>
+  </si>
+  <si>
+    <t>Olympian Trading N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg Z/N UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 108177, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 29.septembra Lēmums Nr.194-Blok</t>
+  </si>
+  <si>
+    <t>Caddell Limited N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg Z/N, UTS-Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 128798, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 29.septembra Lēmums Nr.197-Blok</t>
+  </si>
+  <si>
+    <t>Romere Entertainment Limited, starpnieks</t>
+  </si>
+  <si>
+    <t>Mykinon 12, Lavina Building, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 303090, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 06.oktobra Lēmums Nr.201-Blok</t>
+  </si>
+  <si>
+    <t>Romere Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Landhuis Groot Kwartier, Groot Kwartierweg 12, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 128383, Curacao</t>
+  </si>
+  <si>
+    <t>Bestbet Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Building, 28/19 (Suite 1232) Strait Street, Valletta VLT1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 58101, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 06.oktobra Lēmums Nr.202-Blok</t>
+  </si>
+  <si>
+    <t>Doxx Bet Ltd</t>
+  </si>
+  <si>
+    <t>93, Triq Santa Marija Sliema,SLM 1103, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 403025, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 06.oktobra Lēmums Nr.206-Blok</t>
+  </si>
+  <si>
+    <t>GM Limited</t>
+  </si>
+  <si>
+    <t>GM LTD. 64/1, Agiton Building, St. Anthony Street, San Gwann, SGN1437 Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43209, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 06.oktobra Lēmums Nr.209-Blok</t>
+  </si>
+  <si>
+    <t>Bellona N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 120860, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 06.oktobra Lēmums Nr.210-Blok</t>
+  </si>
+  <si>
+    <t>Entertainment Art B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 127327, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 06.oktobra Lēmums Nr.212-Blok</t>
+  </si>
+  <si>
+    <t>Stelvinoco Limited, starpnieks</t>
+  </si>
+  <si>
+    <t>2 Diagorou Street, ERA House, 10th floor, 1097 Nicosia, P.O. Box 20106, 1601 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 278197, Cyprus</t>
+  </si>
+  <si>
+    <t>World Bet Exchange Limited</t>
+  </si>
+  <si>
+    <t>World Bet Exchange Limited, Newcombe House, 43-45 Notting Hill Gate, London, W11 3LQ, UK</t>
+  </si>
+  <si>
+    <t>Nr. 04428027, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2014.gada 13.oktobra Lēmums Nr.216-Blok</t>
+  </si>
+  <si>
+    <t>Gambling Malta Limited</t>
+  </si>
+  <si>
+    <t>Triq il-Gizimin, Swieqi, SWQ 3542, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50470, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 20.oktobra Lēmums Nr.227-Blok</t>
+  </si>
+  <si>
+    <t>I-Services N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 104867, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 20.oktobra Lēmums Nr.234-Blok</t>
+  </si>
+  <si>
+    <t>Xglobalgame Ltd</t>
+  </si>
+  <si>
+    <t>Isolamare Suite 6, Bouverie Street, GZR1220 Gzira Malta</t>
+  </si>
+  <si>
+    <t>Nr. C51284, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 20.oktobra Lēmums Nr.239-Blok</t>
+  </si>
+  <si>
+    <t>Fenplay Limited</t>
+  </si>
+  <si>
+    <t>The Plaza Complex, Level 4, Suite 4, Bisazza Street, Sliema, SLM 1640, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 34497, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 20.oktobra Lēmums Nr.241-Blok</t>
+  </si>
+  <si>
+    <t>Darklace Limited</t>
+  </si>
+  <si>
+    <t>Arch. Makaroiu III, 135, Emelle Building, 4th floor, 3021 Limassol Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 330845, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 27.oktobra Lēmums Nr.255-Blok</t>
+  </si>
+  <si>
+    <t>PNO Casino Limited</t>
+  </si>
+  <si>
+    <t>Level 2, Marina Business Centre, Abate Rigord Street, Ta Xbiex - XBX1127, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 36098, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 27.oktobra Lēmums Nr.260-Blok</t>
+  </si>
+  <si>
+    <t>Grun-Weiss Sportwetten Styria GmbH.</t>
+  </si>
+  <si>
+    <t>Grün Weiss Sportwetten Styria GmbH - GWbet.com, P.O. Box 83, 8045 Graz, Austria</t>
+  </si>
+  <si>
+    <t>Nr. 168370d, Austria</t>
+  </si>
+  <si>
+    <t>2014.gada 27.oktobra Lēmums Nr.266-Blok</t>
+  </si>
+  <si>
+    <t>Trustfulgames.com Ltd</t>
+  </si>
+  <si>
+    <t>Suite A, Triq Mater Boni Consilii, Paola PLA 1610, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 38481, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 03.novembra Lēmums Nr.269-Blok</t>
+  </si>
+  <si>
+    <t>GGS Net Ltd</t>
+  </si>
+  <si>
+    <t>Arch.Makariou III, 135 EMELLE BUILDING, 4th floor 3021, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 278358, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 03.novembra Lēmums Nr.270-Blok</t>
+  </si>
+  <si>
+    <t>Twist Services Limited</t>
+  </si>
+  <si>
+    <t>Arch. Makariou III, 135 Emelle Building, 4th floor, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 187149, Cyprus</t>
+  </si>
+  <si>
+    <t>2014.gada 10.novembra Lēmums Nr.286-Blok</t>
+  </si>
+  <si>
+    <t>Fornus Ltd</t>
+  </si>
+  <si>
+    <t>Edwin Wallace Rey Drive, 201 Rogers Office, George Hill, Anguilla</t>
+  </si>
+  <si>
+    <t>reģistrācijas Nr.nav identificējams, Anguilla</t>
+  </si>
+  <si>
+    <t>2014.gada 10.novembra Lēmums Nr.290-Blok</t>
+  </si>
+  <si>
+    <t>Pari-Match N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 122693, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 10.novembra Lēmums Nr.294-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vinceza Limited, starpnieks </t>
+  </si>
+  <si>
+    <t>Konstantinou Palaiologou, 8, Office26, P.C. 2406, Nikosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 254081, Cyprus</t>
+  </si>
+  <si>
+    <t>Playbay Malta Limited</t>
+  </si>
+  <si>
+    <t>Apt 5, St. Francis Building, Ball Street, Paceville, STJ3121, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50064, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 10.novembra Lēmums Nr.295-Blok</t>
+  </si>
+  <si>
+    <t>Qilin N.V.</t>
+  </si>
+  <si>
+    <t>Landhuis Groot, Kwartier Groot, Kwartierweg 12, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 124411, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 10.novembra Lēmums Nr.297-Blok</t>
+  </si>
+  <si>
+    <t>L &amp; L Europe Limited</t>
+  </si>
+  <si>
+    <t>26 Ghar Id-Dud Street, Sliema, SLM1573, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 53706, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 24.novembra Lēmums Nr.302-Blok</t>
+  </si>
+  <si>
+    <t>Glimmer Limited</t>
+  </si>
+  <si>
+    <t>Level3, Portomaso Business Tower, Portomaso Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43108, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 24.novembra Lēmums Nr.308-Blok</t>
+  </si>
+  <si>
+    <t>Diamond Link Limited</t>
+  </si>
+  <si>
+    <t>66, Old Bakery Street, Valletta, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 53883, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 24.novembra Lēmums Nr.309-Blok</t>
+  </si>
+  <si>
+    <t>Lucky Stream Limited</t>
+  </si>
+  <si>
+    <t>Nr. C 53884, Malta</t>
+  </si>
+  <si>
     <t>1bet2bet Ltd+B6:B590</t>
   </si>
   <si>
     <t>124 Baker Street, London, W1U 6TY, United Kingdom</t>
   </si>
   <si>
     <t>Nr.06765456, Lielbritānija</t>
   </si>
   <si>
     <t>2014.gada 24.novembra Lēmums Nr.310-Blok</t>
   </si>
   <si>
+    <t>Cyberdata N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 123373, Curacao</t>
+  </si>
+  <si>
+    <t>Tain Malta Limited, starpnieks</t>
+  </si>
+  <si>
+    <t>75 Bisazza Street, Sliema SLM 1640, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 33034, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.decembra Lēmums Nr.312-Blok</t>
+  </si>
+  <si>
+    <t>Emu Group Limited</t>
+  </si>
+  <si>
+    <t>75 Old Hospital Street, Valletta, VLT1643, MALTA</t>
+  </si>
+  <si>
+    <t>Nr. C 65014, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 01.decembra Lēmums Nr.314-Blok</t>
+  </si>
+  <si>
+    <t>Wombat IOM Limited</t>
+  </si>
+  <si>
+    <t>Clinch’s House, Lord Street, Douglas, Isle of Man, IM99 1RZ,</t>
+  </si>
+  <si>
+    <t>Nr. 127698C, Isle of Man</t>
+  </si>
+  <si>
+    <t>2014.gada 08.decembra Lēmums Nr.329-Blok</t>
+  </si>
+  <si>
+    <t>Watchmore Limited</t>
+  </si>
+  <si>
+    <t>Nr. 126967C, Isle of Man</t>
+  </si>
+  <si>
+    <t>2014.gada 08.decembra Lēmums Nr.330-Blok</t>
+  </si>
+  <si>
+    <t>PI Interactive Ltd</t>
+  </si>
+  <si>
+    <t>Tower Business Centre, 2nd floor, Tower Road, Swatar, BKR 4013, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 53862, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.decembra Lēmums Nr.334-Blok</t>
+  </si>
+  <si>
+    <t>Sogno Di Tolosa Ltd</t>
+  </si>
+  <si>
+    <t>114/3, The Strand, GZIRA, GZR1027, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 53981, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 08.decembra Lēmums Nr.335-Blok</t>
+  </si>
+  <si>
+    <t>Top Gaming Europe Limited</t>
+  </si>
+  <si>
+    <t>2nd Floor, Belgravia House, 34-44 Circular Road, Douglas, IM1 1AE, Isle of Man</t>
+  </si>
+  <si>
+    <t>Nr.126841, Isle of Man</t>
+  </si>
+  <si>
+    <t>2014.gada 08.decembra Lēmums Nr.340-Blok</t>
+  </si>
+  <si>
+    <t>SSC Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park, Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 102525, Curacao</t>
+  </si>
+  <si>
+    <t>2014.gada 15.decembra Lēmums Nr.341-Blok</t>
+  </si>
+  <si>
+    <t>CZ Trading Limited</t>
+  </si>
+  <si>
+    <t>35, Mannarino Road, Birkirkara BKR 9080, Malta.</t>
+  </si>
+  <si>
+    <t>Nr. C 41790, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.decembra Lēmums Nr.353-Blok</t>
+  </si>
+  <si>
+    <t>Hermes Gateway Limited</t>
+  </si>
+  <si>
+    <t>Valletta Buildings, 4th Floor, Suite 19, South Street, Valletta, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 43833, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.decembra Lēmums Nr.354-Blok</t>
+  </si>
+  <si>
+    <t>TivoliCasino.com Limited</t>
+  </si>
+  <si>
+    <t>Office1/4360, Level G, Quantum House, 75 Abate Rigord Street, Ta’ Xbiex, XBX1120, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 62420, Malta</t>
+  </si>
+  <si>
+    <t>2014.gada 15.decembra Lēmums Nr.356-Blok</t>
+  </si>
+  <si>
+    <t>Conan Gaming Ltd</t>
+  </si>
+  <si>
+    <t>527, St. Paul’s Street, St. Paul’s Bay, SPB 3418, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50471, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 12.janvāra Lēmums Nr.358-Blok</t>
+  </si>
+  <si>
+    <t>Peak Interactive N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg Hoek Heelsumstraat/Dr. M.J. Hugenholtzweg Z/N, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 105847, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 12.janvāra Lēmums Nr.360-Blok</t>
+  </si>
+  <si>
+    <t>Flavidus Limited</t>
+  </si>
+  <si>
+    <t>Agiou Antoniou 2, Strovolos, 2002 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 304422, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 12.janvāra Lēmums Nr.363-Blok</t>
+  </si>
+  <si>
+    <t>Myeg B.V.</t>
+  </si>
+  <si>
+    <t>Emancipate Boulevard 29, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 125471, Curacao</t>
+  </si>
+  <si>
+    <t>Frelix Entertainment Limited, starpnieks</t>
+  </si>
+  <si>
+    <t>56 Stavrou Avenue, Office 104, 2035 Strovolos, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 231771, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 12.janvāra Lēmums Nr.364-Blok</t>
+  </si>
+  <si>
+    <t>OneStop Gaming N.V.</t>
+  </si>
+  <si>
+    <t>Mahaaiweg 6, Willemsted, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 127472, Curacao</t>
+  </si>
+  <si>
+    <t>Viral Interactive Limited, starpnieks</t>
+  </si>
+  <si>
+    <t>Cobalt House, 2nd Floor, Notabile Road, Mriehel, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 66828, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 12.janvāra Lēmums Nr.365-Blok</t>
+  </si>
+  <si>
+    <t>Viral Technology N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 123604, Curacao</t>
+  </si>
+  <si>
+    <t>NetPlay TV Group Ltd</t>
+  </si>
+  <si>
+    <t>Old Presbytery, Alderney, British Channel Islands, GY9 3TF</t>
+  </si>
+  <si>
+    <t>Nr. 1691, Alderney</t>
+  </si>
+  <si>
+    <t>2015.gada 12.janvāra Lēmums Nr.366-Blok</t>
+  </si>
+  <si>
+    <t>Corona Limited</t>
+  </si>
+  <si>
+    <t>St John Street 85, Valletta VLT1165, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 57518, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 20.janvāra Lēmums Nr.371-Blok</t>
+  </si>
+  <si>
+    <t>Boylesports (Isle of Man) Limited</t>
+  </si>
+  <si>
+    <t>First Floor, Millennium House, Victoria Road Douglas, IM2 4RW, Isle of Man</t>
+  </si>
+  <si>
+    <t>Nr. 111582C, Isle of Man</t>
+  </si>
+  <si>
+    <t>2015.gada 26.janvāra Lēmums Nr.373-Blok</t>
+  </si>
+  <si>
+    <t>Boylesports Alderney Limited</t>
+  </si>
+  <si>
+    <t>C/o The Fort Group, Inchalla, Lc Val, Alderney, GY9 3UL</t>
+  </si>
+  <si>
+    <t>Nr. 1627, Alderney</t>
+  </si>
+  <si>
+    <t>Continental Gaming (Malta) Limited</t>
+  </si>
+  <si>
+    <t>DSLR, Suite 470, FTIEH Street Birkirkara Bypass, Birkirkara, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 42302, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 26.janvāra Lēmums Nr.374-Blok</t>
+  </si>
+  <si>
+    <t>Playpearls LTD.</t>
+  </si>
+  <si>
+    <t>Flat 4, Block B, Summer Fields, Annetto Caruana Street, Quawra (St. Paul's Bay), Malta.</t>
+  </si>
+  <si>
+    <t>Nr. C 57907, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 26.janvāra Lēmums Nr.379-Blok</t>
+  </si>
+  <si>
+    <t>Nadontil Limited</t>
+  </si>
+  <si>
+    <t>11 Megalou Alexandrou, 4632 Kolossi, Limassol, Cyprus </t>
+  </si>
+  <si>
+    <t>Nr. HE 262395, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 26.janvāra Lēmums Nr.381-Blok</t>
+  </si>
+  <si>
+    <t>Favorit United N.V.</t>
+  </si>
+  <si>
+    <t>Emancipatie Boulevard 29, New Haven Office Center,Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 121466, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 09.februāra Lēmums Nr.385-Blok</t>
+  </si>
+  <si>
+    <t>Eurocasinobet Limited</t>
+  </si>
+  <si>
+    <t>Abacus Building, Suite 2, Psaila Street, St. Venera SVR 9017, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 42708, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 09.februāra Lēmums Nr.388-Blok</t>
+  </si>
+  <si>
+    <t>Dialinvest Internacional N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg Unit D 14, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 91409, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 09.februāra Lēmums Nr.394-Blok</t>
+  </si>
+  <si>
+    <t>Highweb Services Limited</t>
+  </si>
+  <si>
+    <t>Stylianou 6, 2nd floor, office 202, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 326836, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 09.februāra Lēmums Nr.397-Blok</t>
+  </si>
+  <si>
+    <t>Highweb Ventures N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 125776, Curacao</t>
+  </si>
+  <si>
+    <t>Netglobe Services Ltd</t>
+  </si>
+  <si>
+    <t>135Arch. Makarios III Avenue, Emelle Building, 4th floor, Limassol, 3021, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 313864, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 16.februāra Lēmums Nr.410-Blok</t>
+  </si>
+  <si>
+    <t>Mymobibet Limited</t>
+  </si>
+  <si>
+    <t>Arch. Makarios III, 224 ACHILLEOS Building, Floor 5, office 51 3608, Limassol, Zypern, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 309594, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 23.februāra Lēmums Nr.418-Blok</t>
+  </si>
+  <si>
+    <t>MEG GROUP LIMITED</t>
+  </si>
+  <si>
+    <t>Level G (office 1/3505), Quantum house, 75 Abate Rigord street, Ta' Xbiex, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 66420, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 09.marta Lēmums Nr.433-Blok</t>
+  </si>
+  <si>
+    <t>Interactive Marketing Solutions N.B.</t>
+  </si>
+  <si>
+    <t>Nr. 129229, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 09.marta Lēmums Nr.434-Blok</t>
+  </si>
+  <si>
+    <t>C4U-Malta Limited</t>
+  </si>
+  <si>
+    <t>60 Tower Road, Sliema, SLM, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 36102, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 09.marta Lēmums Nr.437-Blok</t>
+  </si>
+  <si>
+    <t>JAXX UK LIMITED</t>
+  </si>
+  <si>
+    <t>Seventh Floor 90 High Holborn London WC1V 6XX, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 06010822, Lielbritānija</t>
+  </si>
+  <si>
+    <t>VELORUM MALTA LTD</t>
+  </si>
+  <si>
+    <t>Apartment 21, Charles Court (Suite 102) St. Luke's Road, Pieta, Malta</t>
+  </si>
+  <si>
+    <t>Nr. 58591, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 16.marta Lēmums Nr.449-Blok</t>
+  </si>
+  <si>
+    <t>Gaming Services Provider N.V.</t>
+  </si>
+  <si>
+    <t>Abraham deVeerstraat 7, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 77207, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 07.aprīļa Lēmums Nr.466-Blok</t>
+  </si>
+  <si>
+    <t>EVOKE GAMING LTD</t>
+  </si>
+  <si>
+    <t>85 St John Street, Valletta, VLT 1165, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 38582, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 05.maija Lēmums Nr.498-Blok</t>
+  </si>
+  <si>
+    <t>VIG SOFTWARE LIMITED, starpnieks</t>
+  </si>
+  <si>
+    <t>Vincenti Buidlings, 28/19 (suite 1531), Strait Street, Valletta, VLT 1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 66700, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 11.maija Lēmums Nr.508-Blok</t>
+  </si>
+  <si>
+    <t>EARTHSKY LIMITED, starpnieks</t>
+  </si>
+  <si>
+    <t>Samou, 10, Elysium Building, Agioi Omologites, 1086 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 199850, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 18.maija Lēmums Nr.515-Blok</t>
+  </si>
+  <si>
+    <t>E-PLAY 24 LIMITED</t>
+  </si>
+  <si>
+    <t>Tigne Place, Block 12, Floor 1/5, Tigne Street, Sliema SLM3173, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 48483, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 18.maija Lēmums Nr.517-Blok</t>
+  </si>
+  <si>
+    <t>Enet N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 108524, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 01.jūnija Lēmums Nr.529-Blok</t>
+  </si>
+  <si>
+    <t>Media Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Emanicipatie, Boulevard, 29 New Haven E-zone, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 108625, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 01.jūnija Lēmums Nr.531-Blok</t>
+  </si>
+  <si>
+    <t>Zagox Management N.V.</t>
+  </si>
+  <si>
+    <t>Dr. MJ. Hugenholtzweg Z/N UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 108424, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 01.jūnija Lēmums Nr.532-Blok</t>
+  </si>
+  <si>
+    <t>Europe Entertainment Limited</t>
+  </si>
+  <si>
+    <t>“Vincenti Buildings”, Suite 509, 28/19 Strait Street, Valletta, VLT1432, MALTA</t>
+  </si>
+  <si>
+    <t>Nr. C 42855, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 13.jūlija Lēmums Nr.553-Blok</t>
+  </si>
+  <si>
+    <t>Gamesys N.V.</t>
+  </si>
+  <si>
+    <t>Emancipatie Boulevard 29, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 96060, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 13.jūlija Lēmums Nr.554-Blok</t>
+  </si>
+  <si>
+    <t>HECTYC B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 132173, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 13.jūlija Lēmums Nr.555-Blok</t>
+  </si>
+  <si>
+    <t>CyberRock Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg, P.O. Box 3033, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 103484, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 13.jūlija Lēmums Nr.565-Blok</t>
+  </si>
+  <si>
+    <t>Elec Games Limited</t>
+  </si>
+  <si>
+    <t>Vaults 13-15, Valletta Waterfront, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 44158, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 20.jūlija Lēmums Nr.570-Blok</t>
+  </si>
+  <si>
+    <t>Riotech N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 135400, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 20.jūlija Lēmums Nr.571-Blok</t>
+  </si>
+  <si>
+    <t>BROWNTON HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>4 Ayiou Louca, 1040 Pallouriotissa, Nicosa, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 248810, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 20.jūlija Lēmums Nr.572-Blok</t>
+  </si>
+  <si>
+    <t>Aktsiaselts IMG Kasiinod</t>
+  </si>
+  <si>
+    <t>AS IMG Kasiinod, Marta 3, Tallinn 11312, Estonia</t>
+  </si>
+  <si>
+    <t>Nr. 10264881, Igaunija</t>
+  </si>
+  <si>
+    <t>2015.gada 20.jūlija Lēmums Nr.575-Blok</t>
+  </si>
+  <si>
+    <t>Witmore Services  Limited</t>
+  </si>
+  <si>
+    <t>Positheou 42, Strovolos, 2028, Nikosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 322288, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 24.augusta Lēmums Nr.603-Blok</t>
+  </si>
+  <si>
+    <t>MT SECURETRADE LIMITED</t>
+  </si>
+  <si>
+    <t>GB Buildings, Penthouse, Level 4, Watar Street, Ta’ Xbiex XBX 1301, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 56545, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 24.augusta Lēmums Nr.611-Blok</t>
+  </si>
+  <si>
+    <t>Drive Media Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Emanicipatie Boulevard 29, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 121371, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 24.augusta Lēmums Nr.614-Blok</t>
+  </si>
+  <si>
+    <t>Alands Penningautomatforening</t>
+  </si>
+  <si>
+    <t>Lövdalsvägen 8, AX-22100 Mariehamn, Finland</t>
+  </si>
+  <si>
+    <t>Nr. 0280695-6, Somija</t>
+  </si>
+  <si>
+    <t>2015.gada 07.septembra Lēmums Nr.616-Blok</t>
+  </si>
+  <si>
+    <t>Radon B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 126922, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 07.septembra Lēmums Nr.618-Blok</t>
+  </si>
+  <si>
+    <t>RADON LIMITED</t>
+  </si>
+  <si>
+    <t>Suite 750, Ftieh St. Birkirkara Bypass, Birkirkara BKR 2940, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 67693, Malta</t>
+  </si>
+  <si>
+    <t>Deckmedia N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 101468, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 21.septembra Lēmums Nr.628-Blok</t>
+  </si>
+  <si>
+    <t>Sonic</t>
+  </si>
+  <si>
+    <t>Avenue Georges Lemaître 30/3, B-6041 Gosselies (Charleroi), Belgium</t>
+  </si>
+  <si>
+    <t>Nr. 0451511739, Belgium</t>
+  </si>
+  <si>
+    <t>2015.gada 05.oktobra Lēmums Nr.638-Blok</t>
+  </si>
+  <si>
+    <t>Vertiline Asset Limited</t>
+  </si>
+  <si>
+    <t>Nr. HE 314291, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 05.oktobra Lēmums Nr.642-Blok</t>
+  </si>
+  <si>
+    <t>Game Tech Group N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg Z/N, UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 135144, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 16.novembra Lēmums Nr.671-Blok</t>
+  </si>
+  <si>
+    <t>SUPAZE LIMITED</t>
+  </si>
+  <si>
+    <t>Sotiri Tofiri 4, 2nd Floor, Agios Athanasios, 4102, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 340780, Cyprus</t>
+  </si>
+  <si>
+    <t>Techinfusion Limited</t>
+  </si>
+  <si>
+    <t>Nav atrodama</t>
+  </si>
+  <si>
+    <t>Nr. 112041, Gibraltar</t>
+  </si>
+  <si>
+    <t>2015.gada 16.novembra Lēmums Nr.676-Blok</t>
+  </si>
+  <si>
+    <t>RIO Investments N.V.</t>
+  </si>
+  <si>
+    <t>Wilhelminalaan 13, Willenstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 130180, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 30.novembra Lēmums Nr.684-Blok</t>
+  </si>
+  <si>
+    <t>RSP Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J.Hugenholtzweg Z/N UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 101703, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 30.novembra Lēmums Nr.687-Blok</t>
+  </si>
+  <si>
+    <t>Universe Entertainment Services Malta Limited</t>
+  </si>
+  <si>
+    <t>Level 3, Valletta Buildings, South Street, Valletta, VLT1103, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 60452, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 30.novembra Lēmums Nr.689-Blok</t>
+  </si>
+  <si>
+    <t>Azurolongo N.V.</t>
+  </si>
+  <si>
+    <t>Dr. MJ Hugenholtzweg Z/N, UTS-Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 135948, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 30.novembra Lēmums Nr.692-Blok</t>
+  </si>
+  <si>
+    <t>TRECOLONI LIMITED</t>
+  </si>
+  <si>
+    <t>Villa Malitah, Mediterranean Street, The Village, ST. Julian's, STJ 1870, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 71078, Malta</t>
+  </si>
+  <si>
+    <t>PHR Multi Culti N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg ZN UTS Gebouw Van Engelenweg 23, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 127203, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 30.novembra Lēmums Nr.696-Blok</t>
+  </si>
+  <si>
+    <t>Bling City Limited</t>
+  </si>
+  <si>
+    <t>66 Old Bakery Street,Valletta, VLT09, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 62260, Malta</t>
+  </si>
+  <si>
+    <t>2015.gada 21.decembra Lēmums Nr.701-Blok</t>
+  </si>
+  <si>
+    <t>Ellmount N.V.</t>
+  </si>
+  <si>
+    <t>Brionplein 4, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 122929, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 21.decembra Lēmums Nr.707-Blok</t>
+  </si>
+  <si>
+    <t>LIMESCO LIMITED</t>
+  </si>
+  <si>
+    <t>69 Arch. Makariou III Ave., TLAIS TOWER, office 301, 1070 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 261682, Cyprus</t>
+  </si>
+  <si>
+    <t>2015.gada 21.decembra Lēmums Nr.709-Blok</t>
+  </si>
+  <si>
+    <t>WoT N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg Z/N UTS, Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 129742, Curacao</t>
+  </si>
+  <si>
+    <t>Altair Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 131458, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 21.decembra Lēmums Nr.711-Blok</t>
+  </si>
+  <si>
+    <t>PAYIFIC LTD</t>
+  </si>
+  <si>
+    <t>114, The Strand, Gzira GZR1027, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 63971, Malta</t>
+  </si>
+  <si>
+    <t>JocSystems N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 134835, Curacao</t>
+  </si>
+  <si>
+    <t>2015.gada 21.decembra Lēmums Nr.716-Blok</t>
+  </si>
+  <si>
+    <t>SoftSwiss N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 131879, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 18.janvāra Lēmums Nr.722-Blok</t>
+  </si>
+  <si>
+    <t>Gormadan Solutions Limited</t>
+  </si>
+  <si>
+    <t>32 New Street, MSD 1353 Msida, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50929, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 18.janvāra Lēmums Nr.724-Blok</t>
+  </si>
+  <si>
+    <t>A24 Media N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M. J. Hugenholtzweg Z/N UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 131947, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 18.janvāra Lēmums Nr.730-Blok</t>
+  </si>
+  <si>
+    <t>Arland Trading GmbH</t>
+  </si>
+  <si>
+    <t>Elisabethinergasse 22 in 8020 Graz, Austria</t>
+  </si>
+  <si>
+    <t>Nr. 290511y, Austria</t>
+  </si>
+  <si>
+    <t>Oceanlink N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 128445, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.733-Blok</t>
+  </si>
+  <si>
+    <t>Mega-UK Limited</t>
+  </si>
+  <si>
+    <t>152 City Road London EC1V 2NX, Lielbritānija</t>
+  </si>
+  <si>
+    <t>Nr. 09378994, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.734-Blok</t>
+  </si>
+  <si>
+    <t>Star Word Limited</t>
+  </si>
+  <si>
+    <t>Suite A, Triq Mater Boni Consilii, PLA 1610, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 65786, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.736-Blok</t>
+  </si>
+  <si>
+    <t>Platypus B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 136428, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.738-Blok</t>
+  </si>
+  <si>
+    <t>Fair Play Bets Limited</t>
+  </si>
+  <si>
+    <t>28/19 Vincenti Buildings, Strait Street, Valletta VLT1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 51902, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.739-Blok</t>
+  </si>
+  <si>
+    <t>Crotec Media N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 135532, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.741-Blok</t>
+  </si>
+  <si>
+    <t>INTERNET SPORT SERVICE LTD</t>
+  </si>
+  <si>
+    <t>68 South Lambeth ROAD, GROUNDFLOOR WEST, LONDON, SW8 1RL, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 08538294, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2016.gada 01.februāra Lēmums Nr.742-Blok</t>
+  </si>
+  <si>
+    <t>Tipiwin (Curacao) N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 135898, Curacao</t>
+  </si>
+  <si>
+    <t>Nabelse Holdings Limited</t>
+  </si>
+  <si>
+    <t>Nabelse Holdings Limited, Kimonos, 43A P.C. 3095, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 281753, Cyprus</t>
+  </si>
+  <si>
+    <t>2016.gada 15.februāra Lēmums Nr.752-Blok</t>
+  </si>
+  <si>
+    <t>CHANCE HILL LTD</t>
+  </si>
+  <si>
+    <t>12 Dartington, Plender Street, London, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 9359849, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2016.gada 15.februāra Lēmums Nr.757-Blok</t>
+  </si>
+  <si>
+    <t>Condor Curacao N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 138257, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 15.februāra Lēmums Nr.758-Blok</t>
+  </si>
+  <si>
+    <t>Attivata Holdings LTD</t>
+  </si>
+  <si>
+    <t>Georgiou A, 71C, Office 3, P.C. 4047 Germasogeia, Lemesos, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 193586, Cyprus</t>
+  </si>
+  <si>
+    <t>2016.gada 14.marta Lēmums Nr.775-Blok</t>
+  </si>
+  <si>
+    <t>C-Hub Solutions B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 125709, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 14.marta Lēmums Nr.777-Blok</t>
+  </si>
+  <si>
+    <t>M-Hub Gaming Operations Limited</t>
+  </si>
+  <si>
+    <t>12 Tigne Place, office 2/1,Tigne Street, 3713 Sliema, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 63954, Malta</t>
+  </si>
+  <si>
+    <t>Pololo Gaming Limited</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, Suite 617, 28/19 Strait Street, Valletta VLT 1432, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 46086, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 04.aprīlī Lēmums Nr.788-Blok</t>
+  </si>
+  <si>
+    <t>Lime Stark N.V.</t>
+  </si>
+  <si>
+    <t>Dr.M.J. Hugenholtzweg Z/N, UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 131228, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 18.aprīlī Lēmums Nr.796-Blok</t>
+  </si>
+  <si>
+    <t>Ardway Limited</t>
+  </si>
+  <si>
+    <t>DSLR,Suite 413, Ftieh street, Birkirkara Bypass, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 34641, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 18.aprīlī Lēmums Nr.797-Blok</t>
+  </si>
+  <si>
+    <t>Genesys Technology N.V.</t>
+  </si>
+  <si>
+    <t>E-CommercePark Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 106020, Curacao</t>
+  </si>
+  <si>
+    <t>Sea Gate N.V.</t>
+  </si>
+  <si>
+    <t>E-CommercePark Vredenberg Unit C-12, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 97061, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 18.aprīlī Lēmums Nr.799-Blok</t>
+  </si>
+  <si>
+    <t>Unimaster Limited</t>
+  </si>
+  <si>
+    <t>Dositheus 42, Strovolos, 2028, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 165728, Cyprus</t>
+  </si>
+  <si>
+    <t>Luckland Group B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 136509, Curacao</t>
+  </si>
+  <si>
+    <t>2016.gada 09.maija Lēmums Nr.818-Blok</t>
+  </si>
+  <si>
+    <t>PINBET MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>Susan Court B1, Triq Il Prinjolata, Ta Xbiex, XBX 1130, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 68508, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 30.maija Lēmums Nr.827-Blok</t>
+  </si>
+  <si>
+    <t>Ragnarok Corporation N.V.</t>
+  </si>
+  <si>
+    <t>Pletterijweg 43, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 79358, Curacao</t>
+  </si>
+  <si>
+    <t>Hillside (Gaming) LP</t>
+  </si>
+  <si>
+    <t>Unit 1.1, First Floor, Waterport Place, 2 Europort Avenue, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 120, Gibraltar</t>
+  </si>
+  <si>
+    <t>2016.gada 30.maija Lēmums Nr.828-Blok</t>
+  </si>
+  <si>
+    <t>Hillside (Sports) LP</t>
+  </si>
+  <si>
+    <t>Nr. 118, Gibraltar</t>
+  </si>
+  <si>
+    <t>LEONDRA LIMITED</t>
+  </si>
+  <si>
+    <t>Hadjimattheou Yiannouri Crt, 2nd Floor, Flat/Office 10, 6042, Larnaca, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 349390, Cyprus</t>
+  </si>
+  <si>
+    <t>2016.gada 20.jūnija Lēmums Nr.831-Blok</t>
+  </si>
+  <si>
+    <t>SG International LP</t>
+  </si>
+  <si>
+    <t>Suite 2, 5 St Vincent Street, Edinburgh, EH3 6SW, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. SL023302, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2016.gada 29.augusta Lēmums Nr.857-Blok</t>
+  </si>
+  <si>
+    <t>Paddy Power Betfair Public Limited Company</t>
+  </si>
+  <si>
+    <t>Power Tower, Blocks 1-3 Belfield Office Park, Beech Hill Road, Clonskeagh, Dublin 4, Ireland</t>
+  </si>
+  <si>
+    <t>Nr. 16956, Īrija</t>
+  </si>
+  <si>
+    <t>2016.gada 29.augusta Lēmums Nr.859-Blok</t>
+  </si>
+  <si>
+    <t>EU Lotto Ltd</t>
+  </si>
+  <si>
+    <t>Office Suite A, Ocean Village Promenade, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 109514, Gibraltar</t>
+  </si>
+  <si>
+    <t>2016.gada 12.septembra Lēmums Nr.863-Blok</t>
+  </si>
+  <si>
+    <t>Genesis Global Limited</t>
+  </si>
+  <si>
+    <t>Tower Gate Place, Tal-Qroqq Street ,Msida, MSD 1703, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 65325, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 23.novembra Lēmums Nr.879-Blok</t>
+  </si>
+  <si>
+    <t>FAIRLOAD LIMITED</t>
+  </si>
+  <si>
+    <t>Angelica Court, Level 3, Giuseppe Cali Street, TA'XBIEX, XBX1425, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 71200, Malta</t>
+  </si>
+  <si>
+    <t>2016.gada 05.decembra Lēmums Nr.886-Blok</t>
+  </si>
+  <si>
+    <t>DARMACO TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>Nr. HE 335583, Cyprus</t>
+  </si>
+  <si>
+    <t>2016.gada 19.decembra Lēmums Nr.893-Blok</t>
+  </si>
+  <si>
+    <t>Pomadorro N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 131629, Curacao</t>
+  </si>
+  <si>
+    <t>Red Trading Curacao N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg z/n Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 130790, Curacao</t>
+  </si>
+  <si>
+    <t>2017.gada 30.janvāra Lēmums Nr.907-Blok</t>
+  </si>
+  <si>
+    <t>ASPIRE GLOBAL INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>Nr. C 42296, Malta</t>
+  </si>
+  <si>
+    <t>2017.gada 30.janvāra Lēmums Nr.908-Blok</t>
+  </si>
+  <si>
+    <t>VIRTUAL MARKETING SERVICES (IRELAND) LIMITED</t>
+  </si>
+  <si>
+    <t>25/28 North Wall Quay, Dublin 1, Ireland</t>
+  </si>
+  <si>
+    <t>Nr. 561190, Ireland</t>
+  </si>
+  <si>
+    <t>2017.gada 13.februāra Lēmums Nr.914-Blok</t>
+  </si>
+  <si>
+    <t>PRO XENON MEDIATHEK LIMITED</t>
+  </si>
+  <si>
+    <t>OFFICE 1 / 2288, LEVEL G, QUANTUM HOUSE, 75, ABATE RIGORD STREET, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 54870, Malta</t>
+  </si>
+  <si>
+    <t>2017.gada 11.septembra Lēmums Nr.943-Blok</t>
+  </si>
+  <si>
+    <t>GLB International N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 128612, Curacao</t>
+  </si>
+  <si>
+    <t>2017.gada 09.oktobra Lēmums Nr.957-Blok</t>
+  </si>
+  <si>
+    <t>Innovus N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 140473, Curacao</t>
+  </si>
+  <si>
+    <t>2017.gada 09.oktobra Lēmums Nr.958-Blok</t>
+  </si>
+  <si>
+    <t>WORLDWIDE STANDARD LP</t>
+  </si>
+  <si>
+    <t>Office 7 Cenrum Offices, 38 Queen Street, Glasgow,G1 3DX, UK</t>
+  </si>
+  <si>
+    <t>Nr. SL021916, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2017.gada 09.oktobra Lēmums Nr.967-Blok</t>
+  </si>
+  <si>
+    <t>TK Media N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 134899, Curacao</t>
+  </si>
+  <si>
+    <t>2018.gada 29.janvāra Lēmums Nr.990-Blok</t>
+  </si>
+  <si>
+    <t>TITANIUM BRACE MARKETING LIMITED</t>
+  </si>
+  <si>
+    <t>7A, The Podium, St Mark Street, St Julians, STJ09, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 67318, Malta</t>
+  </si>
+  <si>
+    <t>2018.gada 29.janvāra Lēmums Nr.995-Blok</t>
+  </si>
+  <si>
+    <t>Palms Entertainment Group N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 132893, Curacao</t>
+  </si>
+  <si>
+    <t>2018.gada 26.februāra Lēmums Nr.1000-Blok</t>
+  </si>
+  <si>
+    <t>Equinox Dynamic N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 141039, Curacao</t>
+  </si>
+  <si>
+    <t>2018.gada 26.februāra Lēmums Nr.1004-Blok</t>
+  </si>
+  <si>
+    <t>Direx N.V.</t>
+  </si>
+  <si>
+    <t>Nr.131879, Curacao</t>
+  </si>
+  <si>
+    <t>2018. gada 23. aprīļa Lēmums Nr.1021-Blok</t>
+  </si>
+  <si>
+    <t>SB International N.V.</t>
+  </si>
+  <si>
+    <t>Nr.137028, Curacao</t>
+  </si>
+  <si>
+    <t>2018. gada 23. aprīļa Lēmums Nr.1022-Blok</t>
+  </si>
+  <si>
+    <t>Red Baron Groupe N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 139353, Curacao</t>
+  </si>
+  <si>
+    <t>2018. gada 23. aprīļa Lēmums Nr.1024-Blok</t>
+  </si>
+  <si>
+    <t>LAMBRIE INVESTMENTS LIMITED</t>
+  </si>
+  <si>
+    <t>Kasou, 13, Strovolos, Nicosia, 2062, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 332545, Cyprus</t>
+  </si>
+  <si>
+    <t>2018. gada 30. jūlija Lēmums Nr.1039-Blok</t>
+  </si>
+  <si>
+    <t>CONDOR MALTA LTD</t>
+  </si>
+  <si>
+    <t>527, St Paul’s Street, St Paul’s Bay, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 70089, Malta</t>
+  </si>
+  <si>
+    <t>2018. gada 30. jūlija Lēmums Nr.1049-Blok</t>
+  </si>
+  <si>
+    <t>EXINVEST LIMITED</t>
+  </si>
+  <si>
+    <t>Chirosima 2, Levanta Court, Block A, 1st Floor, Flat/Office 101, 3055, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 352771, Cyprus</t>
+  </si>
+  <si>
+    <t>2018. gada 25. septembrī Lēmums Nr.1056-Blok</t>
+  </si>
+  <si>
+    <t>Xlrefer LIMITED</t>
+  </si>
+  <si>
+    <t>Suite 7, Hadfield House, Library Street, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 110765, Gibraltar</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1063-Blok</t>
+  </si>
+  <si>
+    <t>HANDFREE TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>6 Tassou Papadopoulou, Flat 22, Ag. Dometios, Nicosia, 2373, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr.370758, Cyprus</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1068-Blok</t>
+  </si>
+  <si>
+    <t>Vega World Solutions N.V.</t>
+  </si>
+  <si>
+    <t>E-commerce Park Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 145012, Curacao</t>
+  </si>
+  <si>
+    <t>Hillside (Sports) GP Limited</t>
+  </si>
+  <si>
+    <t>UNIT 1.1, FIRST FLOOR, WATERPORT PLACE, 2 EUROPORT AVENUE, GIBRALTAR GX11 1AA, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 111829, Gibraltar</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1069-Blok</t>
+  </si>
+  <si>
+    <t>RATIONAL INTELLECTUAL HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>DOUGLAS BAY COMPLEX, KING EDWARD ROAD, ONCHAN, IM3 1DZ, Isle of Man</t>
+  </si>
+  <si>
+    <t>Nr. 006470V, Isle of Man (Menas sala))</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1073-Blok</t>
+  </si>
+  <si>
+    <t>Delasport LIMITED</t>
+  </si>
+  <si>
+    <t>Suite 7B-8B, 50 Town Range, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 103917, Gibraltar</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1075-Blok</t>
+  </si>
+  <si>
+    <t>DIREX LIMITED</t>
+  </si>
+  <si>
+    <t>Stasinou 1, MITSI Building 1, 1st Floor, Flat/Office 4, Plateia Eleftherias, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 355461, Cyprus</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1079-Blok</t>
+  </si>
+  <si>
+    <t>ALEA GAMING LTD</t>
+  </si>
+  <si>
+    <t>Skyway Offices, 2C, Marina Street, Pieta, PTA9042, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 63119, Malta</t>
+  </si>
+  <si>
+    <t>2018. gada 26. novembra Lēmums Nr.1080-Blok</t>
+  </si>
+  <si>
+    <t>TRANELLO LIMITED</t>
+  </si>
+  <si>
+    <t>Grigory Afxentiou, 133 Agios Dometius, 2369 Nikosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 363026, Cyprus</t>
+  </si>
+  <si>
+    <t>2018. gada 17. decembra Lēmums Nr.1099-Blok</t>
+  </si>
+  <si>
+    <t>WM INTERACTIVE LIMITED</t>
+  </si>
+  <si>
+    <t>170, Pater House, Level 1 (Suite A174), Psaila Street, Birkirkara, BKR 9077, Malta</t>
+  </si>
+  <si>
+    <t>Nr. 65151, Malta</t>
+  </si>
+  <si>
+    <t>2019. gada 13. maija Lēmums Nr.1143-Blok</t>
+  </si>
+  <si>
+    <t>MIRAGE CORPORATION N.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 132869, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 13. maija Lēmums Nr.1144-Blok</t>
+  </si>
+  <si>
+    <t>MIRAGE ENT CORPORATION (CYPRUS) LIMITED</t>
+  </si>
+  <si>
+    <t>Evagorou &amp; Menadrou, 1, Frosia House, 4th floor, Flat/Office 401, 1066, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 340968, Cyprus</t>
+  </si>
+  <si>
+    <t>Allcomponent N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 E-Commerce Park, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 136053, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 13. maija Lēmums Nr.1151-Blok</t>
+  </si>
+  <si>
+    <t>N1 INTERACTIVE LIMITED</t>
+  </si>
+  <si>
+    <t>27, Triq Torri Wejter, Birkirkara, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 81457, Malta</t>
+  </si>
+  <si>
+    <t>2019. gada 13. maija Lēmums Nr.1152-Blok</t>
+  </si>
+  <si>
+    <t>Legacy Eight Curacao N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 E-Commerce Park, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 139031, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 26. augusta Lēmums Nr.1153-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEGACY EIGHT MALTA LIMITED </t>
+  </si>
+  <si>
+    <t>97 Windsor Street, Sliema SLM 1853, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 74690, Malta</t>
+  </si>
+  <si>
+    <t>LOTTO DIRECT LIMITED</t>
+  </si>
+  <si>
+    <t>The Bunker, Triq Il Furnar, QRM 3506, Qormi, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 77583, Malta</t>
+  </si>
+  <si>
+    <t>2019. gada 26. augusta Lēmums Nr.1154-Blok</t>
+  </si>
+  <si>
+    <t>Gels N.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg /Heelsumstraat, E-commerce Park Vredenberg Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 147340, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 26. augusta Lēmums Nr.1155-Blok</t>
+  </si>
+  <si>
+    <t>KOOTAC TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>30 Kenilworth, Fl 3, Sir Augustus Bartolo Street, Ta'Xbiex, XBX 1093, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 60661, Malta</t>
+  </si>
+  <si>
+    <t>MARIKIT HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>Chrysanthou Mylona, 12, Harmonia building block 1, 1st floor, Flat/Office 15, 3030, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 351206, Cyprus</t>
+  </si>
+  <si>
+    <t>2019. gada 26. augusta Lēmums Nr.1157-Blok</t>
+  </si>
+  <si>
+    <t>TALKEETNA LIMITED</t>
+  </si>
+  <si>
+    <t>Chirosima 2, Levanta Court, Block A, 1st floor, flat/office 102, 3055, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 361115, Cyprus</t>
+  </si>
+  <si>
+    <t>2019. gada 26. augusta Lēmums Nr.1161-Blok</t>
+  </si>
+  <si>
+    <t>Alpha Interactive Solutions N.V.</t>
+  </si>
+  <si>
+    <t>Hugenholtzweg Z/N, UTS Gebouw, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 138596, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 7. oktobra Lēmums Nr.1163-Blok</t>
+  </si>
+  <si>
+    <t>iTains N.V.</t>
+  </si>
+  <si>
+    <t>Schout bij Nacht Doormanweg 40, Damacor Offices, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 122623, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 7. oktobra Lēmums Nr.1164-Blok</t>
+  </si>
+  <si>
+    <t>WHITE LOTTO LIMITED</t>
+  </si>
+  <si>
+    <t>Kenwood House, 77A/2 Shenley Road, Borehamwood, WD6 1AG, Lielbritānija</t>
+  </si>
+  <si>
+    <t>Nr. 11876620, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2019. gada 7. oktobra Lēmums Nr.1165-Blok</t>
+  </si>
+  <si>
+    <t>B.P.M. Services B.V.</t>
+  </si>
+  <si>
+    <t>E-Commerce Park Vredenberg Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 138676, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 7. oktobra Lēmums Nr.1169-Blok</t>
+  </si>
+  <si>
+    <t>Anden Online N.V.</t>
+  </si>
+  <si>
+    <t>Kaya Richard J. Beaujon Z/N, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 138316, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 7. oktobra Lēmums Nr.1171-Blok</t>
+  </si>
+  <si>
+    <t>VENSON LTD</t>
+  </si>
+  <si>
+    <t>Stasinou 1, MITSI BUILDING 1, 1st Floor, Flat/Office 4, Plateia Eleftherias, 1060, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 352364, Cyprus</t>
+  </si>
+  <si>
+    <t>2019. gada 7. oktobra Lēmums Nr.1172-Blok</t>
+  </si>
+  <si>
+    <t>Digi Markets N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 142945, Curacao</t>
+  </si>
+  <si>
+    <t>2019. gada 9. decembra Lēmums Nr.1174-Blok</t>
+  </si>
+  <si>
+    <t>GB GLOBAL SOLUTIONS LLP</t>
+  </si>
+  <si>
+    <t>20-22 Wenlock Road, London, Great Britain</t>
+  </si>
+  <si>
+    <t>Nr. OC425721, Lielbritānija</t>
+  </si>
+  <si>
+    <t>2019. gada 9. decembra Lēmums Nr.1175-Blok</t>
+  </si>
+  <si>
+    <t>TUTKIA LTD</t>
+  </si>
+  <si>
+    <t>Aristofanous, 219, Mauros Court 140, flat/Office 202, Strovolos, 2038, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 389219, Cyprus</t>
+  </si>
+  <si>
+    <t>2019. gada 9. decembra Lēmums Nr.1176-Blok</t>
+  </si>
+  <si>
+    <t>FARO ENTERTAINMENT EUROPE LIMITED</t>
+  </si>
+  <si>
+    <t>35, Room 1A, Salvu Psaila Street, Birkirkara BKR 9072, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 79395, Malta</t>
+  </si>
+  <si>
+    <t>2019. gada 9. decembra Lēmums Nr.1183-Blok</t>
+  </si>
+  <si>
+    <t>Faro Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Kaya Richard J. Beaujon Z/N, Curacao, P.O. Box 6248, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 142227, Curacao</t>
+  </si>
+  <si>
+    <t>Bugago B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 144825, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. janvāra Lēmums Nr.1197-Blok</t>
+  </si>
+  <si>
+    <t>GP DIGITAL SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>Vasili Michaildi 9, 3026, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nr. HE 378354, Cyprus </t>
+  </si>
+  <si>
+    <t>Velorum Corporation N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51, E-Commerce Park, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 127675, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. janvāra Lēmums Nr.1200-Blok</t>
+  </si>
+  <si>
+    <t>Smein Hosting N.V.</t>
+  </si>
+  <si>
+    <t>Perseusweg 27 A, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 141727, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. janvāra Lēmums Nr.1202-Blok</t>
+  </si>
+  <si>
     <t>1xCorp N.V.</t>
   </si>
   <si>
     <t>Van Engelenweg 21A, Curacao</t>
   </si>
   <si>
     <t>Nr. 130189, Curacao</t>
   </si>
   <si>
     <t>2020. gada 9. Aprīlī Lēmums Nr.1205-Blok</t>
   </si>
   <si>
-    <t>32Red Plc</t>
-[...29 lines deleted...]
-    <t>Nr. C 56724, Malta</t>
+    <t>mBet Solutions NV</t>
+  </si>
+  <si>
+    <t>Kaya Richard J. Beaujon Z/N Landhuis Joonchi II, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 129230, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 09. aprīļa Lēmums Nr.1217-Blok</t>
+  </si>
+  <si>
+    <t>PREVAILER  B.V.</t>
+  </si>
+  <si>
+    <t>Abraham Mendez Chumaceiro Boulevard 50,Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 149548, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1221-Blok</t>
+  </si>
+  <si>
+    <t>ARAXIO DEVELOPMENT N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 141409, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1222-Blok</t>
+  </si>
+  <si>
+    <t>UAB "Tete-a-tete" kazino</t>
+  </si>
+  <si>
+    <t>Gedimino g. 26B, LT-44319 Kaunas</t>
+  </si>
+  <si>
+    <t>Nr. 135961312, Lietuva</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1223-Blok</t>
+  </si>
+  <si>
+    <t>FavBet Limited</t>
+  </si>
+  <si>
+    <t>LEVEL 3 (SUITE NO. 2096), TOWER BUSINESS CENTRE,, TOWER STREET, SWATAR, BIRKIRKARA, BKR 4013, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 84427, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1224-Blok</t>
+  </si>
+  <si>
+    <t>Microgame SpA</t>
+  </si>
+  <si>
+    <t>Viale Luca Gaurico, 9/11 Rome RM ITA</t>
+  </si>
+  <si>
+    <t>Nr. 01046480628, Itālija</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1227-Blok</t>
+  </si>
+  <si>
+    <t>Itagui Investments Inc</t>
+  </si>
+  <si>
+    <t>PROVINCIA PANAMA Panama</t>
+  </si>
+  <si>
+    <t>Nr. 764817, Panama</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1228-Blok</t>
+  </si>
+  <si>
+    <t>BrainBros B.V.</t>
+  </si>
+  <si>
+    <t>Schout Bij Nacht Doormanweg 40, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 143626, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. aprīļa Lēmums Nr.1229-Blok</t>
+  </si>
+  <si>
+    <t>SpeQta Media N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 E-Commerce Park B-03, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 150776, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 29. aprīlī Lēmums Nr.1301-Blok</t>
+  </si>
+  <si>
+    <t>VictoryWillbeours N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 134627, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 29. aprīļa Lēmums Nr.1303-Blok</t>
+  </si>
+  <si>
+    <t>RR Investments N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 137866, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 29. aprīļa Lēmums Nr.1315-Blok</t>
+  </si>
+  <si>
+    <t>Galaktika N.V.</t>
+  </si>
+  <si>
+    <t>Groot Kwartierweg 10, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 140803, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 06. maija Lēmums Nr.1320-Blok</t>
+  </si>
+  <si>
+    <t>BOVIVE LTD</t>
+  </si>
+  <si>
+    <t>Georgiou Zolota, 5A, Strovolos, 2045, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 388037, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 06. maija Lēmums Nr.1321-Blok</t>
+  </si>
+  <si>
+    <t>Network Gaming Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>The Green House, Hoogstraat 18, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 127096, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 06. maija Lēmums Nr.1328-Blok</t>
+  </si>
+  <si>
+    <t>Dreambox Games OÜ</t>
+  </si>
+  <si>
+    <t>Harju maakond, Lasnamae linnaosa,Lõõtsa tn 8, 11415 Tallinn, Igaunija</t>
+  </si>
+  <si>
+    <t>Nr. 12712036, Igaunija</t>
+  </si>
+  <si>
+    <t>2020. gada 8.maija Lēmums Nr.1334-Blok</t>
+  </si>
+  <si>
+    <t>Bethard Group Limited</t>
+  </si>
+  <si>
+    <t>Triq Paceville Avenue no. 6, St Julians STJ 3109, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 69565, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 8.maija Lēmums Nr.1340-Blok</t>
+  </si>
+  <si>
+    <t>Rhinoceros Operations Limited</t>
+  </si>
+  <si>
+    <t>Level 2, 14 East, Triq ir-Rebha, Gzira GZR1327, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 72251, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 8.maija Lēmums Nr.1342-Blok</t>
+  </si>
+  <si>
+    <t>Reinvent N.V.</t>
+  </si>
+  <si>
+    <t>Hoogstraat 18 The Green House, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 125641, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 8.maija Lēmums Nr.1343-Blok</t>
+  </si>
+  <si>
+    <t>Hero Gaming Limited</t>
+  </si>
+  <si>
+    <t>Level 0, Spinola Park, Triq Mikiel Ang Borg, St Julians SPK 1000, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 61794, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 8.maija Lēmums Nr.1347-Blok</t>
+  </si>
+  <si>
+    <t>TH Gambling NV</t>
+  </si>
+  <si>
+    <t>Penstraat 254 Unit 19, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 146982, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1350-Blok</t>
+  </si>
+  <si>
+    <t>Disrupt Entertainment Limited N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 140327, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1352-Blok</t>
+  </si>
+  <si>
+    <t>Everum N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 138729, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1357-Blok</t>
+  </si>
+  <si>
+    <t>Cerberlot N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 150535, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1358-Blok</t>
+  </si>
+  <si>
+    <t>Ioway Internet Gaming Enterprise Limited</t>
+  </si>
+  <si>
+    <t>2nd Floor, St Mary's Court, 20 Hill Street Douglas IM1 1EU, Isle of Man</t>
+  </si>
+  <si>
+    <t>Nr. 014369V, Isle of Man</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1361-Blok</t>
+  </si>
+  <si>
+    <t>Continental Solutions Limited B.V.</t>
+  </si>
+  <si>
+    <t>Fransche Bloemweg 4,Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 148806, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1362-Blok</t>
+  </si>
+  <si>
+    <t>Coreone N.V.</t>
+  </si>
+  <si>
+    <t>Abraham de Veerstraat 9, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 148678, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1364-Blok</t>
+  </si>
+  <si>
+    <t>Marketplay LTD</t>
+  </si>
+  <si>
+    <t>Level G, (OFFICE 1/4086), QUANTUM HOUSE, 75, ABATE RIGORD STREET, TA' XBIEX, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 83136, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1365-Blok</t>
   </si>
   <si>
     <t>888 UK Limited</t>
   </si>
   <si>
     <t>601-701 Europort, Gibraltar</t>
   </si>
   <si>
+    <t>Nr. 39028, Gibraltar</t>
+  </si>
+  <si>
     <t>2020. gada 13. maija Lēmums Nr.1366-Blok</t>
   </si>
   <si>
+    <t>Evoplay Limited</t>
+  </si>
+  <si>
+    <t>SUITE 1 STERLING BUILDING ENRICO MIZZI STREET TA' XBIEX, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 58264, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1368-Blok</t>
+  </si>
+  <si>
+    <t>Blockchain Games N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 145550, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1370-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UNIKRN LIMITED </t>
+  </si>
+  <si>
+    <t>FIRST FLOOR, MILLENNIUM HOUSE, VICTORIA ROAD DOUGLAS IM2 4RW, Isle of Man</t>
+  </si>
+  <si>
+    <t>Nr. 016156V, Isle of Man</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1371-Blok</t>
+  </si>
+  <si>
+    <t>WIR WETTEN</t>
+  </si>
+  <si>
+    <t>Rue Rogier 180A Schaerbeek 1030 Belgium</t>
+  </si>
+  <si>
+    <t>Nr. 0824368653, Belgium</t>
+  </si>
+  <si>
+    <t>2020. gada 13. maija Lēmums Nr.1373-Blok</t>
+  </si>
+  <si>
+    <t>Virtual Global Digital Services Limited</t>
+  </si>
+  <si>
+    <t>Suites 601 and 701 Europort, Gibraltar</t>
+  </si>
+  <si>
+    <t>Nr. 114612, Gibraltar</t>
+  </si>
+  <si>
+    <t>2020. gada 15. maija Lēmums Nr.1375-Blok</t>
+  </si>
+  <si>
+    <t>Atlantic Management B.V.</t>
+  </si>
+  <si>
+    <t>Emancipatie Boulvard Dominico F. “Don” Martina 29, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 139089, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 15. maija Lēmums Nr.1377-Blok</t>
+  </si>
+  <si>
+    <t>Tipbet Limited</t>
+  </si>
+  <si>
+    <t>109, LEVEL 0, SIR WILLIAM REID STREET GZIRA,Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 63741, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 20.maija Lēmums Nr.1383-Blok</t>
+  </si>
+  <si>
+    <t>Apollo Entertainment Limited</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8, Sir Temi Zammit Avenue, Ta' Xbiex XBX 1011, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 45483,Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 20.maija Lēmums Nr.1387-Blok</t>
+  </si>
+  <si>
+    <t>Hillside (Sports) ENC</t>
+  </si>
+  <si>
+    <t>OFFICE 1/2373, LEVEL G, QUANTUM HOUSE, 75, ABATE RIGORD STREET, TA' XBIEX, Malta</t>
+  </si>
+  <si>
+    <t>Nr. P1811, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 20. maija Lēmums Nr.1390-Blok</t>
+  </si>
+  <si>
+    <t>БК «Лига Ставок»</t>
+  </si>
+  <si>
+    <t>Россия, 125047, г. Москва, 4-й Лесной переулок, дом 4, этаж 14, комн. 15</t>
+  </si>
+  <si>
+    <t>Nr. 7705964504, Krievija</t>
+  </si>
+  <si>
+    <t>2020. gada 20. maija Lēmums Nr.1392-Blok</t>
+  </si>
+  <si>
+    <t>Optiwin OÜ</t>
+  </si>
+  <si>
+    <t>Lõõtsa tn 2a Lasnamäe linnaosa, Tallinn Harju maakond 11415, Igaunija</t>
+  </si>
+  <si>
+    <t>Nr. 12418087, Igaunija</t>
+  </si>
+  <si>
+    <t>2020. gada 27. maija Lēmums Nr.1399-Blok</t>
+  </si>
+  <si>
+    <t>CW Marketing B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 143854, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 27. maija Lēmums Nr.1408-Blok</t>
+  </si>
+  <si>
+    <t>Halcyon Super Holdings B.V.</t>
+  </si>
+  <si>
+    <t>Fransche Bloemweg 4, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 148526, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 27. maija Lēmums Nr.1410-Blok</t>
+  </si>
+  <si>
+    <t>Multi Pay N.V.</t>
+  </si>
+  <si>
+    <t>Kaya Richard J. Beaujon Z/N Landhuis Joonchi II,Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 123971, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 3. jūnija Lēmums Nr.1419-Blok</t>
+  </si>
+  <si>
+    <t>Secure View Services Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Achilles, 21B, 2370, Nicosia Cyprus </t>
+  </si>
+  <si>
+    <t>Nr. HE 149654, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 3. jūnija Lēmums Nr.1420-Blok</t>
+  </si>
+  <si>
+    <t>Aikmina Services Limited</t>
+  </si>
+  <si>
+    <t>Gr. Xenopoulou, 17, 3106, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 253243, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 3. jūnija Lēmums Nr.1421-Blok</t>
+  </si>
+  <si>
+    <t>LOTTOMATRIX OPERATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>Vincenti Buildings, 28/19, (Suite no. 1969), Strait Street, Valletta,Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 80365, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 3. jūnija Lēmums Nr.1422-Blok</t>
+  </si>
+  <si>
+    <t>Best Global NV</t>
+  </si>
+  <si>
+    <t>Nr. 133929, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1427-Blok</t>
+  </si>
+  <si>
+    <t>GR Consluting LP</t>
+  </si>
+  <si>
+    <t>OFFICE 29, CLIFTON HOUSE, FITZWILLIAM STREET LOWER, DUBLIN 2, D02 XT91, ĪRIJA</t>
+  </si>
+  <si>
+    <t>Nr. LP2411, Īrija</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1428-Blok</t>
+  </si>
+  <si>
+    <t>P24B MALTA LTD</t>
+  </si>
+  <si>
+    <t>Voukourestiou 25, Limasola, Kipra</t>
+  </si>
+  <si>
+    <t>Nr. HE 404415, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1437-Blok</t>
+  </si>
+  <si>
+    <t>Medium Rare NV</t>
+  </si>
+  <si>
+    <t>Nr. 145353, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1440-Blok</t>
+  </si>
+  <si>
+    <t>Play Logia N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 138317, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1444-Blok</t>
+  </si>
+  <si>
+    <t>Reward Group ApS</t>
+  </si>
+  <si>
+    <t>Hellerupvej 8, 1 Hellerup 2900, Dānija</t>
+  </si>
+  <si>
+    <t>Nr. 38896083, Dānija</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1445-Blok</t>
+  </si>
+  <si>
+    <t>BRIGHTNET SRL</t>
+  </si>
+  <si>
+    <t>CALEA DUDEŞTI, Nr. 188, KAMERAS NR. 1, D bloks, Etaj 9, Apartament 73 Bucuresti Sectorul 3, Rumānija</t>
+  </si>
+  <si>
+    <t>Nr. 35937713, Rumānija</t>
+  </si>
+  <si>
+    <t>2020. gada 10. jūnija Lēmums Nr.1446-Blok</t>
+  </si>
+  <si>
+    <t>Cube Limited</t>
+  </si>
+  <si>
+    <t>Ground Floor, St George’s Court, Upper Church Street, Douglas, Isle of Man, IM1 1EE</t>
+  </si>
+  <si>
+    <t>Nr. 003291V, Douglas, Isle of Man</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1447-Blok</t>
+  </si>
+  <si>
+    <t>Webmedia Development N.V</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51, E-commerce park, Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 130645, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1448-Blok</t>
+  </si>
+  <si>
+    <t>Galaxy 88 Ltd</t>
+  </si>
+  <si>
+    <t>3 Rotterdam Drive, London, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 10335881, United Kingdom</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1449-Blok</t>
+  </si>
+  <si>
+    <t>AK Global N.V.</t>
+  </si>
+  <si>
+    <t>Abraham de Veerstraat 9, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 149318, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1450-Blok</t>
+  </si>
+  <si>
+    <t>Osmila N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 102267, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1451-Blok</t>
+  </si>
+  <si>
+    <t>FAN BETTING N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 E-Commercepark, Vredenberg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 142759, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1452-Blok</t>
+  </si>
+  <si>
+    <t>Livestream Gaming Ltd</t>
+  </si>
+  <si>
+    <t>9 Barrack Road, Belize City, Belize (“Livestream”)</t>
+  </si>
+  <si>
+    <t>Nr. 162082, Belize (“Livestream”)</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1455-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Planet of Bets Entertainment B.V. </t>
+  </si>
+  <si>
+    <t>Willemstad, E-Commerce Park, Vredenburg, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 133510, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1459-Blok</t>
+  </si>
+  <si>
+    <t>Celton Manx Limited</t>
+  </si>
+  <si>
+    <t>Celton House, Isle of Man Business Park, Douglas, Isle of Man, IM2 2QZ, British Isles</t>
+  </si>
+  <si>
+    <t>Nr. 121580C, Douglas, Isle of Man</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1460-Blok</t>
+  </si>
+  <si>
+    <t>Lima Invest Limited</t>
+  </si>
+  <si>
+    <t>1 Avlonos St, Maria House, P.C. 1075, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 391059, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1461-Blok</t>
+  </si>
+  <si>
+    <t>Thorner B.V.</t>
+  </si>
+  <si>
+    <t>Fransche Bloemweg 4, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 148181, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 17. jūnija Lēmums Nr.1462-Blok</t>
+  </si>
+  <si>
+    <t>JocSolutions Limited</t>
+  </si>
+  <si>
+    <t>1st Floor Garrison House 3 Library Ramp Gibraltar, Gibraltar GX11 1AA</t>
+  </si>
+  <si>
+    <t>Nr. 112971, Gibraltar</t>
+  </si>
+  <si>
+    <t>2020. gada 30. jūnija Lēmums Nr.1464-Blok</t>
+  </si>
+  <si>
+    <t>IP SAMPLE ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>21 Akadimias Avenue, KEMA Building, 9th floor, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 380502, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 30. jūnija Lēmums Nr.1466-Blok</t>
+  </si>
+  <si>
+    <t>TopHold Limited</t>
+  </si>
+  <si>
+    <t>Villa Seminia, 8, Sir Temi Zammit Avenue, Ta XBiex XBX1011, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 79675, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 30. jūnija Lēmums Nr.1475-Blok</t>
+  </si>
+  <si>
+    <t>Dama N.V.</t>
+  </si>
+  <si>
+    <t>Julianaplein 36, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 152125, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 27. jūlija Lēmums Nr.1496-Blok</t>
+  </si>
+  <si>
+    <t>INPULSIO LIMITED</t>
+  </si>
+  <si>
+    <t>48 Archiepiskopou Makariou III, Zappeion building, Office 13, Aglantzia, 2107 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 331651, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 27. jūlija Lēmums Nr.1497-Blok</t>
+  </si>
+  <si>
+    <t>ALTAPRIME LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron, 3, Flat/Office 301, 1075, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 402752, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 27. jūlija Lēmums Nr.1498-Blok</t>
+  </si>
+  <si>
+    <t>Hollycorn N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 144359, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 27. jūlija Lēmums Nr.1500-Blok</t>
+  </si>
+  <si>
+    <t>Pelican Entertainment</t>
+  </si>
+  <si>
+    <t>Emancipatie Boulevard Dominico F. "Don" Martina 29, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 134359, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 3. augusta Lēmums Nr.1503-Blok</t>
+  </si>
+  <si>
+    <t>CALLKEY SYSTEMS LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron 3, Flat/office 301,1075 Nicosia Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 380300, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 3. augusta Lēmums Nr.1504-Blok</t>
+  </si>
+  <si>
+    <t>Geomatic Marketing N.V.</t>
+  </si>
+  <si>
+    <t>Abraham De Veerstraat 7, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 147072, Curacao</t>
+  </si>
+  <si>
+    <t>MOUNTBERG LIMITED</t>
+  </si>
+  <si>
+    <t>67 Limassol Avenue, Vision Tower, Floor 2, Aglantzia, 2121, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 355350, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 3. augusta Lēmums Nr.1505-Blok</t>
+  </si>
+  <si>
+    <t>Rok N Rolla Systems N.V.</t>
+  </si>
+  <si>
+    <t>Abraham de Veerstraad 9, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 149922, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 3. augusta Lēmums Nr.1507-Blok</t>
+  </si>
+  <si>
+    <t>STARKA LTD</t>
+  </si>
+  <si>
+    <t>Iroon Plytechneiou, 22, Rotos Christiana, Block C, Office 104, 1084, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 387429, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1515-Blok</t>
+  </si>
+  <si>
+    <t>ANTRUM LTD</t>
+  </si>
+  <si>
+    <t>Christodoulou Chatzipavlou, 199, 8th floor, flat/office 8A, 3936, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 360524, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1518-Blok</t>
+  </si>
+  <si>
+    <t>Inplace N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 140265, Curacao</t>
+  </si>
+  <si>
+    <t>TEKHOU5 LIMITED</t>
+  </si>
+  <si>
+    <t>9 Barrack Road, Belize City, Belize</t>
+  </si>
+  <si>
+    <t>Nr. 171902, Belize</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1519-Blok</t>
+  </si>
+  <si>
+    <t>Pnxtech N.V.</t>
+  </si>
+  <si>
+    <t>9 Abraham de Veerstraat Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 151341, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1523-Blok</t>
+  </si>
+  <si>
+    <t>S5 ENTERTAINMENT LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron 3, Flat 301, 1075 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 391419, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1524-Blok</t>
+  </si>
+  <si>
+    <t>Stage5 N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 E-Commerce Park, Orionweg 5 c, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 147318, Curacao</t>
+  </si>
+  <si>
+    <t>SPEQTA MEDIA LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron, 3 Flat/Office 301 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 401731, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1531-Blok</t>
+  </si>
+  <si>
+    <t>OPTIMALPLAY PROCESSING LIMITED</t>
+  </si>
+  <si>
+    <t>22 Thermopylon, Nicosia, 2007, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 400965, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1533-Blok</t>
+  </si>
+  <si>
+    <t>GAMMIX LTD.</t>
+  </si>
+  <si>
+    <t>77, Spinola Road, St Julians, STJ 3017, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 68405, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 31. augusta Lēmums Nr.1535-Blok</t>
+  </si>
+  <si>
+    <t>VAVADA LTD</t>
+  </si>
+  <si>
+    <t>35, Achaion Street, 5th Floor, Office 17, P.C. 1101, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 368824, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 14. septembra Lēmums Nr.1543-Blok</t>
+  </si>
+  <si>
+    <t>SKILL ON NET LTD</t>
+  </si>
+  <si>
+    <t>Office 1/5297 Level G, Quantum House, 75, Abate Rigord Street, Ta' Xbiex, XBX 1120, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 50024, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 30. septembra Lēmums Nr.1552-Blok</t>
+  </si>
+  <si>
+    <t>HARBESINA LTD</t>
+  </si>
+  <si>
+    <t>Poseidonos, 1, Flat/Office 201, Aglantzia, 2101, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 405135, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 30. septembra Lēmums Nr.1558-Blok</t>
+  </si>
+  <si>
+    <t>L.C.S. LIMITED</t>
+  </si>
+  <si>
+    <t>Suite 1 Sterling Building Enrico Mizzi Street, Ta' Xbiex, Xbx 1453, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 64070, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 30. septembra Lēmums Nr.1559-Blok</t>
+  </si>
+  <si>
+    <t>DISRUPT PROCESSING LIMITED</t>
+  </si>
+  <si>
+    <t>Centris Business Gateway, Ground Floor, Triq il-Palazz l-Ahmar, Mriehel, BKR3000, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 76880, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 30. septembra Lēmums Nr.1562-Blok</t>
+  </si>
+  <si>
+    <t>Games &amp; More B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 149948, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 30. septembra Lēmums Nr.1564-Blok</t>
+  </si>
+  <si>
+    <t>VERBENAZ LIMITED</t>
+  </si>
+  <si>
+    <t>Kasou 13, Strovolos, 2062, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 385376, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 30. septembra Lēmums Nr.1569-Blok</t>
+  </si>
+  <si>
+    <t>Orakum N.V.</t>
+  </si>
+  <si>
+    <t>Abraham Mendez Chumaceiro Boulevard 50, P.O. Box 4750, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 141651, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 12. oktobra Lēmums Nr.1574-Blok</t>
+  </si>
+  <si>
+    <t>P24B N.V.</t>
+  </si>
+  <si>
+    <t>Kaya Richard J. Beaujon Z/N, P.O. Box 6248, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 143429, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 12. oktobra Lēmums Nr.1575-Blok</t>
+  </si>
+  <si>
+    <t>Topia Solutions N.V.</t>
+  </si>
+  <si>
+    <t>Abraham de Veerstraat 9, P.O. Box 3421, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 144964, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 12. oktobra Lēmums Nr.1577-Blok</t>
+  </si>
+  <si>
+    <t>WHITESMOKE SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>Apostolou Varnava 7, Floor1, Flat 11 6023, Larnaca, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 378895, Cyprus</t>
+  </si>
+  <si>
+    <t>AZIMUTONE LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron 3, office 301, 1075 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 410499, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 12. oktobra Lēmums Nr.1583-Blok</t>
+  </si>
+  <si>
+    <t>MOBILT LIMITED</t>
+  </si>
+  <si>
+    <t>49, TRIQ IL-BIES, SAN GWANN SGN 1929, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 85853, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 26. oktobra Lēmums Nr.1585-Blok</t>
+  </si>
+  <si>
+    <t>MONEYMATRIX LIMITED</t>
+  </si>
+  <si>
+    <t>3 A St Julians business centre, Triq Elija Zammit St Julians STJ 3155, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 64593, Malta</t>
+  </si>
+  <si>
+    <t>OnyxioN B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 151296, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 26. oktobra Lēmums Nr.1590-Blok</t>
+  </si>
+  <si>
+    <t>ONYXION DEVELOPMENT LIMITED</t>
+  </si>
+  <si>
+    <t>Griva Digeni, 81, MARINOS COURT, 1 &amp; 2th floor, 6043 Larnaca, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 406761, Cyprus</t>
+  </si>
+  <si>
+    <t>ZAVBIN LTD</t>
+  </si>
+  <si>
+    <t>Telamonos, 20, Springfield court, Block C Flat 303, 3055, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 400081, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 26. oktobra Lēmums Nr.1601-Blok</t>
+  </si>
+  <si>
+    <t>GREEN FEATHER ONLINE LIMITED</t>
+  </si>
+  <si>
+    <t>97 Windsor Street, SLM 1853, Sliema, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 80735, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 9. novembra Lēmums Nr.1605-Blok</t>
+  </si>
+  <si>
+    <t>CERBERLOT LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron 3, Flat/Office 301, 1075, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 402818, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 9. novembra Lēmums Nr.1617-Blok</t>
+  </si>
+  <si>
+    <t>SOLIDMINDS LP</t>
+  </si>
+  <si>
+    <t>111250 2nd Floor, 6 Market Place, London, W1W 8AF, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. LP 020200, United Kingdom</t>
+  </si>
+  <si>
+    <t>2020. gada 16. novembra Lēmums Nr.1620-Blok</t>
+  </si>
+  <si>
+    <t>Solidminds N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 151424, Curacao</t>
+  </si>
+  <si>
+    <t>Fair Game Software Kft</t>
+  </si>
+  <si>
+    <t>2161 Csomád, Kossuth Lajos út 79, Hungary</t>
+  </si>
+  <si>
+    <t>Nr. 13-09-204926, Hungary</t>
+  </si>
+  <si>
+    <t>2020. gada 16. novembra Lēmums Nr.1621-Blok</t>
+  </si>
+  <si>
+    <t>Argold N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 124429, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 16. novembra Lēmums Nr.1628-Blok</t>
+  </si>
+  <si>
+    <t>AE Group B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 143574, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 16. novembra Lēmums Nr.1629-Blok</t>
+  </si>
+  <si>
+    <t>STARSPAY LIMITED</t>
+  </si>
+  <si>
+    <t>71-75 Shelton Street, Covent Garden, London, WC2H 9JQ, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 12124994, United Kingdom</t>
+  </si>
+  <si>
+    <t>2020. gada 16. novembra Lēmums Nr.1659-Blok</t>
+  </si>
+  <si>
+    <t>Mobile Mix Europe Limited</t>
+  </si>
+  <si>
+    <t>35 Firs Avenue, London, N11 3NE, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 11223493, United Kingdom</t>
+  </si>
+  <si>
+    <t>2020. gada 23. novembra Lēmums Nr.1661-Blok</t>
+  </si>
+  <si>
+    <t>Mobile Mix Solutions N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51, Vredenberg, Willemstad, P.O. box Orionweg 5 C, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 145627, Curacao</t>
+  </si>
+  <si>
+    <t>VOLCANIC INTERACTIVE LTD</t>
+  </si>
+  <si>
+    <t>10 Foster Lane, 3rd Floor, London, EC2V 6HR, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 10015306, United Kingdom</t>
+  </si>
+  <si>
+    <t>2020. gada 30. novembra Lēmums Nr.1665-Blok</t>
+  </si>
+  <si>
+    <t>NBsoft N.V.</t>
+  </si>
+  <si>
+    <t>Abraham Mendez Chumaceiro Boulevard 50, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 144166, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 30. novembra Lēmums Nr.1669-Blok</t>
+  </si>
+  <si>
+    <t>Bollet N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 132376, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 30. novembra Lēmums Nr.1676-Blok</t>
+  </si>
+  <si>
+    <t>DMCY LTD</t>
+  </si>
+  <si>
+    <t>Chytron, 30 2nd Floor, Flat/Office A22 1075, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 396528, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 7. decembra Lēmums Nr.1686-Blok</t>
+  </si>
+  <si>
+    <t>IG Services N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 120244, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 7. decembra Lēmums Nr.1697-Blok</t>
+  </si>
+  <si>
+    <t>Caerus Group B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 147884, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 7. decembra Lēmums Nr.1701-Blok</t>
+  </si>
+  <si>
+    <t>HILLSIDE (GAMING) ENC</t>
+  </si>
+  <si>
+    <t>OFFICE 1/2373, LEVEL G, QUANTUM HOUSE, 75 ABATE RIGORD STREET, TA' XBIEX, Malta</t>
+  </si>
+  <si>
+    <t>Nr. P1812, Malta</t>
+  </si>
+  <si>
+    <t>2020. gada 7. decembra Lēmums Nr.1702-Blok</t>
+  </si>
+  <si>
+    <t>Yusi N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 E-commerce Park, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 142608, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 7. decembra Lēmums Nr.1703-Blok</t>
+  </si>
+  <si>
+    <t>PRIVALINE HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>Vasili Michailidi 9, 3026, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 348275, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 14. decembra Lēmums Nr.1704-Blok</t>
+  </si>
+  <si>
+    <t>Abudantia B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 126608, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 14. decembra Lēmums Nr.1709-Blok</t>
+  </si>
+  <si>
+    <t>Twino Trading N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 135818, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 14. decembra Lēmums Nr.1714-Blok</t>
+  </si>
+  <si>
+    <t>SPORTFOREX</t>
+  </si>
+  <si>
+    <t>Niovis, 11 8049, Paphos, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. S 12105, Cyprus</t>
+  </si>
+  <si>
+    <t>2020. gada 21. decembra Lēmums Nr.1721-Blok</t>
+  </si>
+  <si>
+    <t>Hermes Consulting Company N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 145995, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 21. decembra Lēmums Nr.1737-Blok</t>
+  </si>
+  <si>
+    <t>Intelligent Innovations N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 142065, Curacao</t>
+  </si>
+  <si>
+    <t>2020. gada 21. decembra Lēmums Nr.1741-Blok</t>
+  </si>
+  <si>
+    <t>БК “Гол+Пас”</t>
+  </si>
+  <si>
+    <t>Астана, улица Саркан 15а, Kazahstāna</t>
+  </si>
+  <si>
+    <t>Nr. BIN 040340015580, Kazahstāna</t>
+  </si>
+  <si>
+    <t>2021. gada 11. janvāra Lēmums Nr.1765-Blok</t>
+  </si>
+  <si>
+    <t>Webforce Entertainment N.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heelsumstraat 51 E-Commerce Park, Curacao </t>
+  </si>
+  <si>
+    <t>Nr. 140886, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 11. janvāra Lēmums Nr.1767-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALACOMIA LIMITED </t>
+  </si>
+  <si>
+    <t>Loutrakiou 5 Ave., CHARA BENEZIA, 1st Floor, Flat/Office 101, Strovolos,2027 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 401416, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 11. janvāra Lēmums Nr.1773-Blok</t>
+  </si>
+  <si>
+    <t>B2 Game Services B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 135297, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 18. janvāra Lēmums Nr.1796-Blok</t>
+  </si>
+  <si>
+    <t>Great BDG Randon Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 146093, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 18. janvāra Lēmums Nr.1799-Blok</t>
+  </si>
+  <si>
+    <t>Pobeda N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 147069, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 18. janvāra Lēmums Nr.1802-Blok</t>
+  </si>
+  <si>
+    <t>Mediasoft Technologies N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 153969, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 25. janvāra Lēmums Nr.1820-Blok</t>
+  </si>
+  <si>
+    <t>CASINO DE SPA</t>
+  </si>
+  <si>
+    <t>Rue Royale 4, Spa, 4900, Belgium</t>
+  </si>
+  <si>
+    <t>Nr. 0440077617, Belgium</t>
+  </si>
+  <si>
+    <t>2021. gada 25. janvāra Lēmums Nr.1821-Blok</t>
+  </si>
+  <si>
+    <t>ROCOLUC NV</t>
+  </si>
+  <si>
+    <t>Avenue des Saisons 92C, Bruxelles, 1050, Belgium</t>
+  </si>
+  <si>
+    <t>Nr. 0460292516, Belgium</t>
+  </si>
+  <si>
+    <t>2021. gada 25. janvāra Lēmums Nr.1822-Blok</t>
+  </si>
+  <si>
+    <t>Martingale Europe Limited</t>
+  </si>
+  <si>
+    <t>Penthouse Spinola Business Centre, Number 46, St Christopher Street, Valletta, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 92800, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 25. janvāra Lēmums Nr.1830-Blok</t>
+  </si>
+  <si>
+    <t>SPIN CITY LTD</t>
+  </si>
+  <si>
+    <t>Tseriou 136, Strovolos, 2045, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 409604, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 1. februāra Lēmums Nr.1831-Blok</t>
+  </si>
+  <si>
+    <t>FREMONT TECH HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>THE CUBE, BUILDING LS3, MALTA LIFE SCIENCES PARK, SAN GWANN, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 76805, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 1. februāra Lēmums Nr.1832-Blok</t>
+  </si>
+  <si>
+    <t>Rabidi N.V.</t>
+  </si>
+  <si>
+    <t>Julianaplein 36, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 151791, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 1. februāra Lēmums Nr.1835-Blok</t>
+  </si>
+  <si>
+    <t>TILAROS LIMITED</t>
+  </si>
+  <si>
+    <t>4 Promitheos st, 1065, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 406322, Cyprus</t>
+  </si>
+  <si>
+    <t>BORSECO PLATFORM LIMITED</t>
+  </si>
+  <si>
+    <t>Loutraki, 5, CHARA VENEZIA, Floor 1, Flat 101 Strovolos 2027, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 410199, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 1. februāra Lēmums Nr.1837-Blok</t>
+  </si>
+  <si>
     <t>A.T. ATLANTIC LTD</t>
   </si>
   <si>
     <t>Katalanou, 1, Flat/Office 101, Aglantzia, 2121, Nicosia, Cyprus</t>
   </si>
   <si>
     <t>Nr. HE 412985, Cyprus</t>
   </si>
   <si>
     <t>2021. gada 8. februāra Lēmums Nr.1861-Blok</t>
   </si>
   <si>
-    <t>A24 Media N.V.</t>
-[...32 lines deleted...]
-    <t>2020. gada 16. novembra Lēmums Nr.1629-Blok</t>
+    <t>Lunada N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 106048, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 8. februāra Lēmums Nr.1868-Blok</t>
+  </si>
+  <si>
+    <t>VEREKER LIMITED</t>
+  </si>
+  <si>
+    <t>82 Georgiou Griva Digeni, Stephanie House, Office 101, 3101 Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 164477, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 8. februāra Lēmums Nr.1875-Blok</t>
+  </si>
+  <si>
+    <t>Letsbet24 B.V.</t>
+  </si>
+  <si>
+    <t>Kaya Seru Cueba 16, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 147858, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 15. februāra Lēmums Nr.1885-Blok</t>
+  </si>
+  <si>
+    <t>ONLINE AMUSEMENT SOLUTIONS LIMITED</t>
+  </si>
+  <si>
+    <t>MK Business Centre. 115A. Floor 2 Valley Road, BIRKIRKARA, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 53765, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 15. februāra Lēmums Nr.1893-Blok</t>
+  </si>
+  <si>
+    <t>LA Entertainment N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 155288, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 22. februāra Lēmums Nr.1901-Blok</t>
+  </si>
+  <si>
+    <t>Balthenie Limited</t>
+  </si>
+  <si>
+    <t>Athinon 5, Agios Antonios, P.C.1015, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 405803, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 22. februāra Lēmums Nr.1910-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Betrust Entertainment B.V. </t>
+  </si>
+  <si>
+    <t>Nr. 141214, Curacao</t>
+  </si>
+  <si>
+    <t>SF GROWTH LIMITED</t>
+  </si>
+  <si>
+    <t>3 Chytron street, Flat/Office 301, P.C. 1075 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 412923, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 22. februāra Lēmums Nr.1917-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Spinfields Management B.V. </t>
+  </si>
+  <si>
+    <t>Chuchubiweg 17, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 154315, Curacao</t>
+  </si>
+  <si>
+    <t>TECHSENTIAL LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron 3, Flat/Office 301, 1075 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 408117, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 26. februāra Lēmums Nr.1921-Blok</t>
+  </si>
+  <si>
+    <t>UNIONSTAR LIMITED</t>
+  </si>
+  <si>
+    <t>Agias Fylaxeos &amp; Zinonos Rossidi 2, 1st Floor, 3082 Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 356131, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 26. februāra Lēmums Nr.1925-Blok</t>
+  </si>
+  <si>
+    <t>BINTPASH LTD</t>
+  </si>
+  <si>
+    <t>Savva Rotsidi, 88, Mammari 2679, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 359736, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.1947-Blok</t>
+  </si>
+  <si>
+    <t>Enneagon Ltd</t>
+  </si>
+  <si>
+    <t>71 Queen Victoria Street, London, EC4V 4BE, United Kingdom</t>
+  </si>
+  <si>
+    <t>Nr. 11559746, United Kingdom</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.1970-Blok</t>
+  </si>
+  <si>
+    <t>Quadgreen N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 132313, Curacao</t>
+  </si>
+  <si>
+    <t>Alt.bet Exchange B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 140039, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.1974-Blok</t>
+  </si>
+  <si>
+    <t>CHAUDFONTAINE LOISIRS</t>
+  </si>
+  <si>
+    <t>Esplanade 1, Chaudfontaine, 4050, Belgium</t>
+  </si>
+  <si>
+    <t>Nr. 0442520928, Belgium</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.2011-Blok</t>
+  </si>
+  <si>
+    <t>BETOMALL LIMITED</t>
+  </si>
+  <si>
+    <t>MK Business Centre, 115 A, Floor 2 Valley Road, BIRKIRKARA, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 48099, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.2027-Blok</t>
+  </si>
+  <si>
+    <t>Golden Palace Waterloo</t>
+  </si>
+  <si>
+    <t>Chaussée de Bruxelles 200F, Waterloo-1410, Belgium</t>
+  </si>
+  <si>
+    <t>Nr. 0462168970, Belgium</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.2030-Blok</t>
+  </si>
+  <si>
+    <t>Probox N.V.</t>
+  </si>
+  <si>
+    <t>Abraham de Veerstraat 9, Willemstag, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 156637, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 12. aprīļa Lēmums Nr.2034-Blok</t>
+  </si>
+  <si>
+    <t>GOLDWIN LTD</t>
+  </si>
+  <si>
+    <t>527, ST. PAUL'S STREET, ST. PAUL'S BAY, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 79820, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 12.aprīļa Lēmums Nr.2058-Blok</t>
+  </si>
+  <si>
+    <t>TRUE FLIP GAMING LTD</t>
+  </si>
+  <si>
+    <t>LEVEL G, (OFFICE 1/ 1939), QUANTUM HOUSE, 75, ABATE RIGORD STREET, TA' XBIEX, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 89212, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 19. aprīļa Lēmums Nr.2065-Blok</t>
+  </si>
+  <si>
+    <t>FairGame G.P. N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 141938, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 26. aprīļa Lēmums Nr.2101-Blok</t>
+  </si>
+  <si>
+    <t>TwiceDice B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 154842, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 10. maija Lēmums Nr.2138-Blok</t>
+  </si>
+  <si>
+    <t>Alpha Entertainment B.V.</t>
+  </si>
+  <si>
+    <t>Dr. M.J. Hugenholtzweg 25, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 129958, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 17. maija Lēmums Nr.2153-Blok</t>
+  </si>
+  <si>
+    <t>STRIKING STINGRAY CYPRUS LIMITED</t>
+  </si>
+  <si>
+    <t>Chytron, 30, 2nd floor, Flat/Office A22, 1075, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 398271, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 17. maija Lēmums Nr.2156-Blok</t>
+  </si>
+  <si>
+    <t>Famagousta B.V.</t>
+  </si>
+  <si>
+    <t>Schout Bij Nacht Doormanweg 40 Damacor Office Bldg 2nd Floor, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 152449, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 24. maija Lēmums Nr.2175-Blok</t>
+  </si>
+  <si>
+    <t>Diamondmarketing N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 Unit B-03, E-Commerce Park, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 153072, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 7. jūnija Lēmums Nr.2187-Blok</t>
+  </si>
+  <si>
+    <t>AGENTO LTD</t>
+  </si>
+  <si>
+    <t>Nr. 166590, Belize</t>
+  </si>
+  <si>
+    <t>2021. gada 7. jūnija Lēmums Nr.2207-Blok</t>
+  </si>
+  <si>
+    <t>Forwell Investments B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 136125, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 7. jūnija Lēmums Nr.2209-Blok</t>
+  </si>
+  <si>
+    <t>Nexus Group Enterprises N.V.</t>
+  </si>
+  <si>
+    <t>Heelsumstraat 51 Unit B-03 E-Commerce Park, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 139781, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 7. jūnija Lēmums Nr.2214-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MFI investments limited </t>
+  </si>
+  <si>
+    <t>3, Chytron Street, Flat/Office 301, P.C. 1075 Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 386738, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 11. jūnija Lēmums Nr.2252-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DialMedia Ltd </t>
+  </si>
+  <si>
+    <t>Depiro Point, Block A2, Triq Mons G. Depiro, Sliema, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 86642, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 11. jūnija Lēmums Nr.2253-Blok</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ETO Limited </t>
+  </si>
+  <si>
+    <t>47 TRIQ TORRI WEJTER, BIRKIRKARA, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 51325, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 11. jūnija Lēmums Nr.2254-Blok</t>
+  </si>
+  <si>
+    <t>Danneskjold Ventures B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 151265, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 11. jūnija Lēmums Nr.2255-Blok</t>
+  </si>
+  <si>
+    <t>SILVER STAR ENTERTAINMENT EUROPE CYPRUS LIMITED</t>
+  </si>
+  <si>
+    <t>Gladstonos &amp; Evangelistrias, 1, AGATHANGELOU BUSINESS CENTER, 1st floor, Flat/Office 1, 3032, Limassol, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 399368, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 11. jūnija Lēmums Nr.2268-Blok</t>
+  </si>
+  <si>
+    <t>GHI - L-Ventures B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 154809, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 5. jūlija Lēmums Nr.2284-Blok</t>
+  </si>
+  <si>
+    <t>CLOBET LIMITED</t>
+  </si>
+  <si>
+    <t>89, ST. JOHN STREET, VALLETTA, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 90546, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 5. jūlija Lēmums Nr.2289-Blok</t>
+  </si>
+  <si>
+    <t>Rainmen Group N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 152866, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 19. jūlija Lēmums Nr.2321-Blok</t>
+  </si>
+  <si>
+    <t>Uberalta N.V.</t>
+  </si>
+  <si>
+    <t>Nr. 147113, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 19. jūlija Lēmums Nr.2322-Blok</t>
+  </si>
+  <si>
+    <t>InterStorm (Curacao) N.V.</t>
+  </si>
+  <si>
+    <t>17 Santa Rosaweg, Willemstad, Curacao</t>
+  </si>
+  <si>
+    <t>Nr. 137453, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 9. augusta Lēmums Nr.2327-Blok</t>
+  </si>
+  <si>
+    <t>White Lotto B.V.</t>
+  </si>
+  <si>
+    <t>Nr. 137860, Curacao</t>
+  </si>
+  <si>
+    <t>2021. gada 1. novembra Lēmums Nr.2398-Blok</t>
+  </si>
+  <si>
+    <t>SHARK77 LIMITED</t>
+  </si>
+  <si>
+    <t>Vault 14, Level 2, Valletta Waterfront, Floriana, FRN 1914, Malta</t>
+  </si>
+  <si>
+    <t>Nr. C 78760, Malta</t>
+  </si>
+  <si>
+    <t>2021. gada 8. novembra Lēmums Nr.2402-Blok</t>
   </si>
   <si>
     <t>AFLAME LIMITED</t>
   </si>
   <si>
     <t>Karpenisou, 9, Strovolos, 2O21 Nicosia, Cyprus</t>
   </si>
   <si>
     <t>Nr. HE 378371, Cyprus</t>
   </si>
   <si>
     <t>2021. gada 15. novembra Lēmums Nr.2423-Blok</t>
   </si>
   <si>
-    <t>AGENTO LTD</t>
-[...5305 lines deleted...]
-  <si>
     <t>XO Corporation N.V.</t>
   </si>
   <si>
     <t>Nr. 145183, Curacao</t>
   </si>
   <si>
-    <t>Yusi N.V.</t>
-[...65 lines deleted...]
-    <t>2020. gada 20. maija Lēmums Nr.1392-Blok</t>
+    <t>FODENMACKO TRADING CO. LIMITED</t>
+  </si>
+  <si>
+    <t>Lefkonos, 22,Floor 2, Strovolos 2064, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 309248, Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 6. decembra Lēmums Nr.2428-Blok</t>
   </si>
   <si>
     <t>ANNITAK LIMITED</t>
   </si>
   <si>
     <t>Patroklou Kokkinou, 5 Office 2 Strovolos, 2000, Nicosia, Cyprus</t>
   </si>
   <si>
     <t>Nr. HE 393130, Cyprus</t>
   </si>
   <si>
     <t>2021. gada 6. decembra Lēmums Nr.2430-Blok</t>
   </si>
   <si>
-    <t>FODENMACKO TRADING CO. LIMITED</t>
-[...10 lines deleted...]
-  <si>
     <t>Fizzgame N.V.</t>
   </si>
   <si>
     <t>Heelsumstraat 51, Curaçao</t>
   </si>
   <si>
     <t>Nr. 153178, Curacao</t>
   </si>
   <si>
     <t>2021. gada 13. decembra Lēmums Nr.2453-Blok</t>
   </si>
   <si>
+    <t>DELORAZE LIMITED</t>
+  </si>
+  <si>
+    <t>Menandrou, 4, GALA TOWER, Floor 2, Flat 201,1066, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE410283,Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 20. decembra Lēmums Nr.2463-Blok</t>
+  </si>
+  <si>
     <t>Versus Odds B.V.</t>
   </si>
   <si>
     <t>Fransche Bloemweg 4,Curaçao</t>
   </si>
   <si>
     <t>Nr. 147011, Curaçao</t>
   </si>
   <si>
     <t>2021. gada 20. decembra Lēmums Nr.2463-Blok</t>
   </si>
   <si>
-    <t>DELORAZE LIMITED</t>
-[...5 lines deleted...]
-    <t>2021. gada 20. decembra Lēmums Nr.2463-Blok</t>
+    <t>RYKER DEVELOPMENT LIMITED</t>
+  </si>
+  <si>
+    <t>Griva Digeni 81, MARINOS COURT, 1 &amp; 2th floor, 6043 Larnaca, Cyprus</t>
+  </si>
+  <si>
+    <t>Nr. HE 412288,Cyprus</t>
+  </si>
+  <si>
+    <t>2021. gada 20. decembra Lēmums Nr.2465-Blok</t>
   </si>
   <si>
     <t>Ryker B.V.</t>
   </si>
   <si>
     <t>Abraham Mendez Chumaceiro Boulevard 5, Curaçao</t>
   </si>
   <si>
     <t>Nr. 154186, Curacao</t>
   </si>
   <si>
     <t>2021. gada 20. decembra Lēmums Nr.2465-Blok</t>
   </si>
   <si>
-    <t>RYKER DEVELOPMENT LIMITED</t>
-[...7 lines deleted...]
-  <si>
     <t>Altacore N.V.</t>
   </si>
   <si>
     <t>Perseusweg 27 A, Curaçao</t>
   </si>
   <si>
     <t>Nr. 151002, Curaçao</t>
   </si>
   <si>
     <t>2021. gada 20. decembra Lēmums Nr.2467-Blok</t>
   </si>
   <si>
     <t>Indigo Soft N.V.</t>
   </si>
   <si>
     <t>Abraham de Veerstraat 9, Curaçao</t>
   </si>
   <si>
     <t>Nr. 156344, Curacao</t>
   </si>
   <si>
     <t>2021. gada 20. decembra Lēmums Nr.2473-Blok</t>
   </si>
   <si>
     <t>Paloma Media B.V.</t>
@@ -6006,101 +5903,116 @@
   <si>
     <t>2022. gada 10. oktobra Lēmums Nr.2872-Blok</t>
   </si>
   <si>
     <t>Moon Technologies B.V.</t>
   </si>
   <si>
     <t>Schout Bij Nacht Doormanweg 40, Curaçao</t>
   </si>
   <si>
     <t>Nr. 152185, Curaçao</t>
   </si>
   <si>
     <t>2022. gada 24. oktobra Lēmums Nr.2898-Blok</t>
   </si>
   <si>
     <t>Telematic Interactive Bulgaria</t>
   </si>
   <si>
     <t>7,Kukush str., Sofia, Bulgaria</t>
   </si>
   <si>
     <t>Nr UIC 206568976, Bulgaria</t>
   </si>
   <si>
+    <t>2022. gada 12.decembra Lēmums Nr.2997-Blok</t>
+  </si>
+  <si>
     <t>Rivalry Limited</t>
   </si>
   <si>
     <t>Peveril Buildings, 3rd Floor, Peveril Square, Douglas IM99 1RZ</t>
   </si>
   <si>
     <t>Nr. 131470C, Isle of Man</t>
   </si>
   <si>
+    <t>2022. gada 12.decembra Lēmums Nr.2998-Blok</t>
+  </si>
+  <si>
     <t>XYZ Entertainment B.V.</t>
   </si>
   <si>
     <t>Fransche Bloemweg, 4 Willemstad, Curacao</t>
   </si>
   <si>
     <t>Nr. 157447, Curacao</t>
   </si>
   <si>
+    <t>2022. gada 12.decembra Lēmums Nr.3008-Blok</t>
+  </si>
+  <si>
     <t>MANN Processing Ltd</t>
   </si>
   <si>
     <t>1 Kalymnou Q MNERITO, 4 floor, 6037 Larnaca, Agios Nikolaos, Kamares, Cyprus</t>
   </si>
   <si>
     <t>Nr. HE422830, Cyprus</t>
   </si>
   <si>
     <t>Envision Digital N.V.</t>
   </si>
   <si>
     <t>Dr. H. Fergusonweg 1 Curaçao</t>
   </si>
   <si>
     <t>reģistrācijas Nr.140286, Curacao</t>
   </si>
   <si>
+    <t>2022. gada 12.decembra Lēmums Nr.3023-Blok</t>
+  </si>
+  <si>
     <t>VINIAMER LIMITED</t>
   </si>
   <si>
     <t>Floor 3, Flat 302, 12 Thasou Nicosia, 1087 Cyprus</t>
   </si>
   <si>
     <t>reģistrācijas Nr.HE404868, Cyprus</t>
   </si>
   <si>
     <t>Effice Group N.V.</t>
   </si>
   <si>
     <t>reģistrācijas Nr. 153301, Curacao</t>
   </si>
   <si>
+    <t>2022. gada 12.decembra Lēmums Nr.3026-Blok</t>
+  </si>
+  <si>
     <t>Usoftgaming N.V.</t>
   </si>
   <si>
     <t>Nr. 141305,  Curacao</t>
   </si>
   <si>
     <t>2023. gada 9. janvāra Lēmums Nr.3047-Blok</t>
   </si>
   <si>
     <t>“Top Sport”, UAB</t>
   </si>
   <si>
     <t>S. Dariaus ir S. Girėno str. 31A, Kaunas</t>
   </si>
   <si>
     <t>Lietuva Nr. 235787510</t>
   </si>
   <si>
     <t>2023. gada 27.marta Lēmums Nr.3088-Blok</t>
   </si>
   <si>
     <t>UAB „Baltic Bet“</t>
   </si>
   <si>
     <t>Oršos g. 4-101, Vilnius</t>
@@ -6141,71 +6053,80 @@
   <si>
     <t>Lietuva Nr.305885622</t>
   </si>
   <si>
     <t>2023. gada 27.marta Lēmums Nr.3092-Blok</t>
   </si>
   <si>
     <t xml:space="preserve">Novoloto Ltd. </t>
   </si>
   <si>
     <t>Vilmsi 59, 10147 Tallinn, Estonia.</t>
   </si>
   <si>
     <t>Estonia, Nr. 10159983</t>
   </si>
   <si>
     <t>2023. gada 30. maija Lēmums Nr.3119-blok</t>
   </si>
   <si>
     <t>BRIANTIE LIMITED</t>
   </si>
   <si>
     <t>Lecorpouzier, 12A,Flat/Office 102 3075, Limassol, Cyprus</t>
   </si>
   <si>
+    <t xml:space="preserve">Nr. HE385770, </t>
+  </si>
+  <si>
     <t>2023. gada 14. augusta Lēmums Nr.3205-Blok; 2023. gada 14. augusta Lēmums Nr.3210-Blok</t>
   </si>
   <si>
+    <t>NEWERA (CYPRUS) LIMITED</t>
+  </si>
+  <si>
+    <t>Prodromou, 75,ONEWORLD PARKVIEW HOUSE, Floor 4,2063, Nicosia, Cyprus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nr. HE428202, </t>
+  </si>
+  <si>
+    <t>2023. gada 16. oktobra Lēmums Nr.3323-Blok;</t>
+  </si>
+  <si>
     <t>NewEra B.V.</t>
   </si>
   <si>
     <t>Scharlooweg 39 U.13, Curaçao</t>
   </si>
   <si>
+    <t xml:space="preserve">Nr. 157707, </t>
+  </si>
+  <si>
     <t xml:space="preserve">2023. gada 16. oktobra Lēmums Nr.3323-Blok; </t>
   </si>
   <si>
-    <t>NEWERA (CYPRUS) LIMITED</t>
-[...7 lines deleted...]
-  <si>
     <t>Entretenimiento Rojo B.V.</t>
   </si>
   <si>
     <t>Emancipatie Boulevard, Dominico F. "Don" Martina 31, Willemstad, Curacao</t>
   </si>
   <si>
     <t>Curaçao, 152924</t>
   </si>
   <si>
     <t>2023. gada 27.novembra Lēmums Nr.3326-Blok</t>
   </si>
   <si>
     <t>Retrust OÜ</t>
   </si>
   <si>
     <t>Estonia, 16310234</t>
   </si>
   <si>
     <t>Harju maakond, Tallinn, Kesklinna linnaosa, Vesivärava tn 50-201, 10152</t>
   </si>
   <si>
     <t>2024. gada 26.februāra Lēmums Nr.3379_Blok</t>
   </si>
   <si>
     <t>ASG 360 Services Limited</t>
@@ -6213,50 +6134,53 @@
   <si>
     <t>Cyprus, HE 441291</t>
   </si>
   <si>
     <t>Voukourestiou, 25, Neptune House, 1st floor, Flat/Office 11 Zakaki, 3045, Limassol, Cyprus</t>
   </si>
   <si>
     <t>2024. gada 25.jūnija Lēmums Nr.3501_Blok</t>
   </si>
   <si>
     <t>Moonrail Limited B.V.</t>
   </si>
   <si>
     <t>Curacao, 148182</t>
   </si>
   <si>
     <t>Korporaalweg 10, Curacao</t>
   </si>
   <si>
     <t>2024. gada 25.jūnija Lēmums Nr.3506_Blok</t>
   </si>
   <si>
     <t>Liquid Entertainment N.V.</t>
   </si>
   <si>
+    <t>Nr. 153298, Curacao</t>
+  </si>
+  <si>
     <t xml:space="preserve">2024. gada 08. jūlija Lēmums Nr.3523-Blok; </t>
   </si>
   <si>
     <t>Eirian N.V.</t>
   </si>
   <si>
     <t>Zuikertuintjeweg Z/N, Curaçao</t>
   </si>
   <si>
     <t>Nr. 159641,</t>
   </si>
   <si>
     <t>2024. gada 30.septembra Lēmums Nr.3552-Blok;</t>
   </si>
   <si>
     <t>PROGRESSPLAY LIMITED</t>
   </si>
   <si>
     <t>SOHO ST JULIANS, OFFICE 2B, PUNCHBOWL CENTRE, ELIA ZAMMIT STREET, ST. JULIANS, Malta</t>
   </si>
   <si>
     <t>Nr. C58305,</t>
   </si>
   <si>
     <t>2024. gada 30.septembra Lēmums Nr.3553-Blok</t>
@@ -6294,150 +6218,111 @@
   <si>
     <t>2024. gada 30.septembra Lēmums Nr.3560-Blok</t>
   </si>
   <si>
     <t>Carrer N.V.</t>
   </si>
   <si>
     <t>Dr. H. Fergusonweg 1, Curaçao</t>
   </si>
   <si>
     <t>Nr.150421, Curaçao</t>
   </si>
   <si>
     <t>2024. gada 30.septembra Lēmums Nr.3568-Blok</t>
   </si>
   <si>
     <t>LARTIM LIMITED</t>
   </si>
   <si>
     <t>Agias Fylaxeos &amp; Zenonos Rossides, 2,Floor1, 3082, Limassol, Cyprus</t>
   </si>
   <si>
     <t>Nr. HE404211, Cyprus</t>
   </si>
   <si>
+    <t xml:space="preserve">Royal Way Limited </t>
+  </si>
+  <si>
+    <t>Hamchako, Mutsamudu, Autonomous Island of Anjouan, Union of Comoros</t>
+  </si>
+  <si>
+    <t>Autonomous Island of Anjouan , 15820</t>
+  </si>
+  <si>
     <t>2024. gada 28.oktobra Lēmums Nr.3588-Blok</t>
   </si>
   <si>
-    <t xml:space="preserve">Royal Way Limited </t>
-[...7 lines deleted...]
-  <si>
     <t>Tixi Multimedia B.V.</t>
   </si>
   <si>
     <t>Schottegatweg Oost 10 Unit 1-9 Bon Bini Business Center, Curaçao</t>
   </si>
   <si>
+    <t>Nr. 161662, Curacao</t>
+  </si>
+  <si>
     <t>2024.gada 25.novembra Lēmums Nr.3614-Blok;</t>
   </si>
   <si>
-    <t>Nr. 161662, Curacao</t>
-[...1 lines deleted...]
-  <si>
     <t>T&amp;C Whitebox CY Limited</t>
   </si>
   <si>
     <t>Voukourestiou, 25 NEPTUNE HOUSE, 1st floor, Flat/Office 11 Zakaki, 3045, Limassol, Cyprus</t>
   </si>
   <si>
     <t>Cyprus, HE 419583</t>
   </si>
   <si>
     <t>2025.gada 24.februāra Lēmums Nr.3682_Blok</t>
   </si>
   <si>
     <t>Whitebox B.V.</t>
   </si>
   <si>
     <t>Korporaalweg 10,Willemstad, Curaçao</t>
   </si>
   <si>
     <t>Curaçao, 155412</t>
   </si>
   <si>
     <t>ICS MANPOWER SOLUTIONS Ltd</t>
   </si>
   <si>
     <t>Cyprus, HE445968</t>
   </si>
   <si>
     <t>2025.gada 24.februāra Lēmums Nr.3684_Blok</t>
   </si>
   <si>
-    <t>EARTHSKY LIMITED, starpnieks</t>
-[...37 lines deleted...]
-  <si>
     <t>Novaspin N.V.</t>
   </si>
   <si>
+    <t>Nr.163071, Curacao</t>
+  </si>
+  <si>
     <t xml:space="preserve">2025. gada 31. marta Lēmums Nr.3716-Blok; </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve"> Dr. Hugenholtzweg Z/N, Curacao</t>
   </si>
   <si>
     <t>KAURUM LIMITED</t>
   </si>
   <si>
     <t xml:space="preserve">Griva Digeni, 1,RENANDA, COMPLEX, BLOCK 1, Flat/Office 11,Agios Tychonas,4532, Limassol, Cyprus </t>
   </si>
   <si>
     <t>Nr. HE387933, 
 Cyprus</t>
   </si>
   <si>
     <t xml:space="preserve">2025. gada 26. maija Lēmums Nr.3751-Blok; </t>
   </si>
   <si>
     <t>River Entertainment B.V.</t>
   </si>
   <si>
     <t>Korporaalweg 10, Willemstad, Curaçao</t>
   </si>
   <si>
     <t>Curaçao, 158146</t>
   </si>
   <si>
     <t>2025.gada 30.jūnija Lēmums Nr.3802_Blok</t>
@@ -6466,11521 +6351,10655 @@
   <si>
     <t>Goodwin N.V.</t>
   </si>
   <si>
     <t>Abraham de Veerstraat 9, Willemstad, Curaçao</t>
   </si>
   <si>
     <t>Curaçao, 151353</t>
   </si>
   <si>
     <t>2025.gada 30.jūnija Lēmums Nr.3807_Blok</t>
   </si>
   <si>
     <t>LUCKYLUCK LIMITED</t>
   </si>
   <si>
     <t>9 Vasili Michailidi Street, 3026, Limassol, Cyprus,</t>
   </si>
   <si>
     <t>Cyprus, НЕ 404194</t>
   </si>
   <si>
     <t xml:space="preserve">Kasego Global N.V. </t>
   </si>
   <si>
+    <t>Hanchi Snoa 19 Trias Building, Curaçao</t>
+  </si>
+  <si>
+    <t>Curaçao, 165461</t>
+  </si>
+  <si>
+    <t>2025.gada 28.jūlija Lēmums Nr.3824_Blok</t>
+  </si>
+  <si>
     <t xml:space="preserve">Natural Nine B.V. </t>
   </si>
   <si>
-    <t>Hanchi Snoa 19 Trias Building, Curaçao</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Korporaalweg 10, Willemstad, Curaçao </t>
   </si>
   <si>
-    <t>Curaçao, 165461</t>
-[...1 lines deleted...]
-  <si>
     <t>Curaçao, 160998</t>
   </si>
   <si>
+    <t>2025.gada 28.jūlija Lēmums Nr. 3825_Blok</t>
+  </si>
+  <si>
     <t>Curaçao, 146093</t>
   </si>
   <si>
-    <t>2025.gada 28.jūlija Lēmums Nr.3824_Blok</t>
-[...4 lines deleted...]
-  <si>
     <t>2025.gada 28.jūlija Lēmums Nr. 3826_Blok</t>
   </si>
   <si>
     <t>Fortuna Games N.V.</t>
   </si>
   <si>
     <t>Dr. H. Fergusonweg 1,Curacao</t>
   </si>
   <si>
     <t>Nr.162413, Curacao</t>
   </si>
   <si>
     <t>2025. gada 25. augusta Lēmums Nr.3868-Blok; Nr.3869-Blok;</t>
   </si>
   <si>
-    <t>Nr. C 79675, Malta</t>
-[...422 lines deleted...]
-    <t>N.p.k.</t>
+    <t>KalshiEX LLC</t>
+  </si>
+  <si>
+    <t>CORPORATION TRUST CENTER - 1209 ORANGE ST - WILMINGTON DE 19801</t>
+  </si>
+  <si>
+    <t>United States, 7737032</t>
+  </si>
+  <si>
+    <t>2025. gada 22.decembra Lēmums Nr.3985-Blok</t>
+  </si>
+  <si>
+    <t>Kalshi Klear LLC</t>
+  </si>
+  <si>
+    <t>251 LITTLE FALLS DRIVE - WILMINGTON DE 19808</t>
+  </si>
+  <si>
+    <t>United States, 7280889</t>
+  </si>
+  <si>
+    <t>Everest Gaming (Gibraltar) Limited</t>
+  </si>
+  <si>
+    <t>Nr. 105893, Gibraltar</t>
+  </si>
+  <si>
+    <t>2014.gada 18.augusta Lēmums Nr.45_Blok</t>
+  </si>
+  <si>
+    <t>Nr. p/k</t>
+  </si>
+  <si>
+    <t>Pamatojoties uz Azartspēļu un izložu likuma 1. panta trešo punktu, 2. panta pirmo daļu, 3. panta pirmo daļu, 3.1 panta pirmo daļu, 81. pantu, Kredītiestāžu likuma 65. panta ceturto daļu, Maksājumu pakalpojumu un elektroniskās naudas likuma 44.2 panta pirmo, ceturto un piekto daļu, nosūtām interaktīvo azartspēļu kapitālsabiedrību sarakstu, kuras atzītas par nelicencētām Latvijā un lūdzam neuzsākt (ja uzsākts, tad pārtraukt) darījuma attiecības ar norādītajām kapitālsabiedrībām:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="18"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...70 lines deleted...]
-    </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-[...6 lines deleted...]
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFE6E6E6"/>
+        <bgColor rgb="FFE6E6E6"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...3 lines deleted...]
-        <color indexed="64"/>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...6 lines deleted...]
-        <color indexed="64"/>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
       </top>
-      <bottom style="medium">
-        <color indexed="64"/>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
-        <color indexed="64"/>
-[...29 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...12 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
-[...29 lines deleted...]
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="8">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...68 lines deleted...]
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...73 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A161823F-4F06-4DA8-B8AE-32D75D9F0FAF}">
-[...1 lines deleted...]
-  <dimension ref="A2:L609"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E594"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A602" sqref="A602"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A579" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.453125" style="9" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="6" customWidth="1"/>
+    <col min="1" max="1" width="9.6640625" customWidth="1"/>
+    <col min="2" max="2" width="34" customWidth="1"/>
+    <col min="3" max="3" width="45" customWidth="1"/>
+    <col min="4" max="4" width="24.77734375" customWidth="1"/>
+    <col min="5" max="5" width="40.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:12" ht="72" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="24" t="s">
+    <row r="1" spans="1:5" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="24"/>
-[...7 lines deleted...]
-      <c r="B3" s="26" t="s">
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="6"/>
+    </row>
+    <row r="2" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="4" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="6"/>
+    </row>
+    <row r="3" spans="1:5" ht="42.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="26"/>
-[...19 lines deleted...]
-      <c r="B5" s="36" t="s">
+      <c r="C3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="36" t="s">
+      <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D5" s="36" t="s">
+      <c r="E3" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E5" s="37" t="s">
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" s="3">
+        <v>1</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>5</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="17" t="s">
+      <c r="C4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="17" t="s">
+      <c r="D4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="17" t="s">
+      <c r="E4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="E6" s="17" t="s">
+    </row>
+    <row r="5" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A5" s="3">
+        <v>2</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="19" t="s">
+      <c r="C5" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="19" t="s">
+      <c r="D5" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="19" t="s">
+      <c r="E5" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A6" s="3">
+        <v>3</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="E7" s="19" t="s">
+      <c r="C6" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="3" t="s">
         <v>13</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="19" t="s">
+      <c r="E6" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A7" s="3">
+        <v>4</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="19" t="s">
+      <c r="C7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="19" t="s">
+      <c r="D7" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="19" t="s">
+      <c r="E7" s="3" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B9" s="19" t="s">
+    <row r="8" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A8" s="3">
+        <v>5</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="3">
+        <v>6</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="19" t="s">
+      <c r="C9" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="19" t="s">
+      <c r="D9" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E9" s="19" t="s">
+      <c r="E9" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B10" s="19" t="s">
+    <row r="10" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A10" s="3">
+        <v>7</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="19" t="s">
+      <c r="C10" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D10" s="19" t="s">
+      <c r="D10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="E10" s="19" t="s">
+      <c r="E10" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A11" s="3">
+        <v>8</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="3">
+        <v>9</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A13" s="3">
+        <v>10</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A14" s="3">
+        <v>11</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="3">
+        <v>12</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A16" s="3">
+        <v>13</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A17" s="3">
+        <v>14</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A18" s="3">
+        <v>15</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="3">
+        <v>16</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A20" s="3">
+        <v>17</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A21" s="3">
+        <v>18</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A22" s="3">
+        <v>19</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A23" s="3">
+        <v>20</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A24" s="3">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B11" s="13" t="s">
+      <c r="B24" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A25" s="3">
+        <v>22</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A26" s="3">
+        <v>23</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A27" s="3">
+        <v>24</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="3">
         <v>25</v>
       </c>
-      <c r="C11" s="13" t="s">
+      <c r="B28" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A29" s="3">
         <v>26</v>
       </c>
-      <c r="D11" s="11" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="11" t="s">
+      <c r="B29" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A30" s="3">
         <v>27</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" s="13" t="s">
+      <c r="B30" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A31" s="3">
         <v>28</v>
       </c>
-      <c r="C12" s="13" t="s">
+      <c r="B31" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A32" s="3">
         <v>29</v>
       </c>
-      <c r="D12" s="13" t="s">
+      <c r="B32" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="3">
         <v>30</v>
       </c>
-      <c r="E12" s="13" t="s">
+      <c r="B33" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A34" s="3">
         <v>31</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B13" s="19" t="s">
+      <c r="B34" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="3">
         <v>32</v>
       </c>
-      <c r="C13" s="19" t="s">
+      <c r="B35" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A36" s="3">
         <v>33</v>
       </c>
-      <c r="D13" s="19" t="s">
+      <c r="B36" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A37" s="3">
         <v>34</v>
       </c>
-      <c r="E13" s="19" t="s">
+      <c r="B37" s="3" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A38" s="3">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B14" s="13" t="s">
+      <c r="B38" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A39" s="3">
         <v>36</v>
       </c>
-      <c r="C14" s="13" t="s">
+      <c r="B39" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A40" s="3">
         <v>37</v>
       </c>
-      <c r="D14" s="13" t="s">
+      <c r="B40" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A41" s="3">
         <v>38</v>
       </c>
-      <c r="E14" s="13" t="s">
+      <c r="B41" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A42" s="3">
         <v>39</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" s="13" t="s">
+      <c r="B42" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A43" s="3">
         <v>40</v>
       </c>
-      <c r="C15" s="13" t="s">
+      <c r="B43" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A44" s="3">
         <v>41</v>
       </c>
-      <c r="D15" s="13" t="s">
+      <c r="B44" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A45" s="3">
         <v>42</v>
       </c>
-      <c r="E15" s="13" t="s">
+      <c r="B45" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A46" s="3">
         <v>43</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" s="13" t="s">
+      <c r="B46" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A47" s="3">
         <v>44</v>
       </c>
-      <c r="C16" s="13" t="s">
+      <c r="B47" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C47" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A48" s="3">
         <v>45</v>
       </c>
-      <c r="D16" s="13" t="s">
+      <c r="B48" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A49" s="3">
         <v>46</v>
       </c>
-      <c r="E16" s="13" t="s">
+      <c r="B49" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A50" s="3">
         <v>47</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B17" s="11" t="s">
+      <c r="B50" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A51" s="3">
         <v>48</v>
       </c>
-      <c r="C17" s="11" t="s">
+      <c r="B51" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A52" s="3">
         <v>49</v>
       </c>
-      <c r="D17" s="11" t="s">
+      <c r="B52" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A53" s="3">
         <v>50</v>
       </c>
-      <c r="E17" s="11" t="s">
+      <c r="B53" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A54" s="3">
         <v>51</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B18" s="19" t="s">
+      <c r="B54" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A55" s="3">
         <v>52</v>
       </c>
-      <c r="C18" s="19" t="s">
+      <c r="B55" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A56" s="3">
         <v>53</v>
       </c>
-      <c r="D18" s="19" t="s">
+      <c r="B56" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A57" s="3">
         <v>54</v>
       </c>
-      <c r="E18" s="19" t="s">
+      <c r="B57" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A58" s="3">
         <v>55</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B19" s="19" t="s">
+      <c r="B58" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A59" s="3">
         <v>56</v>
       </c>
-      <c r="C19" s="19" t="s">
+      <c r="B59" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A60" s="3">
         <v>57</v>
       </c>
-      <c r="D19" s="19" t="s">
+      <c r="B60" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A61" s="3">
         <v>58</v>
       </c>
-      <c r="E19" s="19" t="s">
+      <c r="B61" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A62" s="3">
         <v>59</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B20" s="19" t="s">
+      <c r="B62" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A63" s="3">
         <v>60</v>
       </c>
-      <c r="C20" s="19" t="s">
+      <c r="B63" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A64" s="3">
         <v>61</v>
       </c>
-      <c r="D20" s="19" t="s">
+      <c r="B64" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A65" s="3">
         <v>62</v>
       </c>
-      <c r="E20" s="19" t="s">
+      <c r="B65" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A66" s="3">
         <v>63</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B21" s="13" t="s">
+      <c r="B66" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C66" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A67" s="3">
         <v>64</v>
       </c>
-      <c r="C21" s="13" t="s">
+      <c r="B67" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A68" s="3">
         <v>65</v>
       </c>
-      <c r="D21" s="13" t="s">
+      <c r="B68" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A69" s="3">
         <v>66</v>
       </c>
-      <c r="E21" s="13" t="s">
+      <c r="B69" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A70" s="3">
         <v>67</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B22" s="19" t="s">
+      <c r="B70" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A71" s="3">
         <v>68</v>
       </c>
-      <c r="C22" s="19" t="s">
+      <c r="B71" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A72" s="3">
         <v>69</v>
       </c>
-      <c r="D22" s="19" t="s">
+      <c r="B72" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A73" s="3">
         <v>70</v>
       </c>
-      <c r="E22" s="19" t="s">
+      <c r="B73" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="3">
         <v>71</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B23" s="11" t="s">
+      <c r="B74" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A75" s="3">
         <v>72</v>
       </c>
-      <c r="C23" s="11" t="s">
+      <c r="B75" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A76" s="3">
         <v>73</v>
       </c>
-      <c r="D23" s="11" t="s">
+      <c r="B76" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A77" s="3">
         <v>74</v>
       </c>
-      <c r="E23" s="11" t="s">
+      <c r="B77" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="C77" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A78" s="3">
         <v>75</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B24" s="19" t="s">
+      <c r="B78" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C78" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A79" s="3">
         <v>76</v>
       </c>
-      <c r="C24" s="19" t="s">
+      <c r="B79" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="C79" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A80" s="3">
         <v>77</v>
       </c>
-      <c r="D24" s="19" t="s">
+      <c r="B80" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A81" s="3">
         <v>78</v>
       </c>
-      <c r="E24" s="19" t="s">
+      <c r="B81" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C81" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A82" s="3">
         <v>79</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B25" s="11" t="s">
+      <c r="B82" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A83" s="3">
         <v>80</v>
       </c>
-      <c r="C25" s="11" t="s">
+      <c r="B83" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="C83" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A84" s="3">
         <v>81</v>
       </c>
-      <c r="D25" s="11" t="s">
+      <c r="B84" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A85" s="3">
         <v>82</v>
       </c>
-      <c r="E25" s="11" t="s">
+      <c r="B85" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A86" s="3">
         <v>83</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B26" s="12" t="s">
+      <c r="B86" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A87" s="3">
         <v>84</v>
       </c>
-      <c r="C26" s="12" t="s">
+      <c r="B87" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A88" s="3">
         <v>85</v>
       </c>
-      <c r="D26" s="12" t="s">
+      <c r="B88" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A89" s="3">
         <v>86</v>
       </c>
-      <c r="E26" s="12" t="s">
+      <c r="B89" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A90" s="3">
         <v>87</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B27" s="11" t="s">
+      <c r="B90" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A91" s="3">
         <v>88</v>
       </c>
-      <c r="C27" s="11" t="s">
+      <c r="B91" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A92" s="3">
         <v>89</v>
       </c>
-      <c r="D27" s="11" t="s">
+      <c r="B92" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A93" s="3">
         <v>90</v>
       </c>
-      <c r="E27" s="11" t="s">
+      <c r="B93" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A94" s="3">
         <v>91</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B28" s="11" t="s">
+      <c r="B94" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A95" s="3">
         <v>92</v>
       </c>
-      <c r="C28" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="11" t="s">
+      <c r="B95" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A96" s="3">
         <v>93</v>
       </c>
-      <c r="E28" s="11" t="s">
+      <c r="B96" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A97" s="3">
         <v>94</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B29" s="19" t="s">
+      <c r="B97" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A98" s="3">
         <v>95</v>
       </c>
-      <c r="C29" s="19" t="s">
+      <c r="B98" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A99" s="3">
         <v>96</v>
       </c>
-      <c r="D29" s="19" t="s">
+      <c r="B99" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A100" s="3">
         <v>97</v>
       </c>
-      <c r="E29" s="19" t="s">
+      <c r="B100" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A101" s="3">
         <v>98</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B30" s="13" t="s">
+      <c r="B101" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A102" s="3">
         <v>99</v>
       </c>
-      <c r="C30" s="13" t="s">
+      <c r="B102" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A103" s="3">
         <v>100</v>
       </c>
-      <c r="D30" s="13" t="s">
+      <c r="B103" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A104" s="3">
         <v>101</v>
       </c>
-      <c r="E30" s="13" t="s">
+      <c r="B104" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A105" s="3">
         <v>102</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B31" s="11" t="s">
+      <c r="B105" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A106" s="3">
         <v>103</v>
       </c>
-      <c r="C31" s="11" t="s">
+      <c r="B106" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A107" s="3">
         <v>104</v>
       </c>
-      <c r="D31" s="11" t="s">
+      <c r="B107" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A108" s="3">
         <v>105</v>
       </c>
-      <c r="E31" s="11" t="s">
+      <c r="B108" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A109" s="3">
         <v>106</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B32" s="13" t="s">
+      <c r="B109" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A110" s="3">
         <v>107</v>
       </c>
-      <c r="C32" s="13" t="s">
+      <c r="B110" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A111" s="3">
         <v>108</v>
       </c>
-      <c r="D32" s="13" t="s">
+      <c r="B111" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A112" s="3">
         <v>109</v>
       </c>
-      <c r="E32" s="13" t="s">
+      <c r="B112" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A113" s="3">
         <v>110</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B33" s="19" t="s">
+      <c r="B113" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A114" s="3">
         <v>111</v>
       </c>
-      <c r="C33" s="19" t="s">
+      <c r="B114" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A115" s="3">
         <v>112</v>
       </c>
-      <c r="D33" s="19" t="s">
+      <c r="B115" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A116" s="3">
         <v>113</v>
       </c>
-      <c r="E33" s="19" t="s">
+      <c r="B116" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A117" s="3">
         <v>114</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B34" s="19" t="s">
+      <c r="B117" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A118" s="3">
         <v>115</v>
       </c>
-      <c r="C34" s="19" t="s">
+      <c r="B118" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A119" s="3">
         <v>116</v>
       </c>
-      <c r="D34" s="19" t="s">
+      <c r="B119" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A120" s="3">
         <v>117</v>
       </c>
-      <c r="E34" s="19" t="s">
+      <c r="B120" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A121" s="3">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="15">
+      <c r="B121" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A122" s="3">
+        <v>119</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="D122" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A123" s="3">
+        <v>120</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A124" s="3">
+        <v>121</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A125" s="3">
+        <v>122</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="D125" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A126" s="3">
+        <v>123</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="D126" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A127" s="3">
+        <v>124</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="D127" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A128" s="3">
+        <v>125</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A129" s="3">
+        <v>126</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A130" s="3">
+        <v>127</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D130" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A131" s="3">
+        <v>128</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D131" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A132" s="3">
+        <v>129</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="D132" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A133" s="3">
+        <v>130</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A134" s="3">
+        <v>131</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="D134" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A135" s="3">
+        <v>132</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A136" s="3">
+        <v>133</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="D136" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A137" s="3">
+        <v>134</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A138" s="3">
+        <v>135</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="D138" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A139" s="3">
+        <v>136</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="D139" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A140" s="3">
+        <v>137</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A141" s="3">
+        <v>138</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="D141" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A142" s="3">
+        <v>139</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="D142" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A143" s="3">
+        <v>140</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="D143" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A144" s="3">
+        <v>141</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="D144" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A145" s="3">
+        <v>142</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A146" s="3">
+        <v>143</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="D146" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A147" s="3">
+        <v>144</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="D147" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A148" s="3">
+        <v>145</v>
+      </c>
+      <c r="B148" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A149" s="3">
+        <v>146</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A150" s="3">
+        <v>147</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A151" s="3">
+        <v>148</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="D151" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A152" s="3">
+        <v>149</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="D152" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A153" s="3">
+        <v>150</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="D153" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A154" s="3">
+        <v>151</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="D154" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A155" s="3">
+        <v>152</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A156" s="3">
+        <v>153</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A157" s="3">
+        <v>154</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="D157" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A158" s="3">
+        <v>155</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="D158" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A159" s="3">
+        <v>156</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="D159" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A160" s="3">
+        <v>157</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D160" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A161" s="3">
+        <v>158</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A162" s="3">
+        <v>159</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A163" s="3">
+        <v>160</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A164" s="3">
+        <v>161</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="D164" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A165" s="3">
+        <v>162</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="D165" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="E165" s="3" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A166" s="3">
+        <v>163</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="D166" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="E166" s="3" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A167" s="3">
+        <v>164</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="D167" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A168" s="3">
+        <v>165</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="D168" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A169" s="3">
+        <v>166</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="D169" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A170" s="3">
+        <v>167</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="D170" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A171" s="3">
+        <v>168</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="D171" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A172" s="3">
+        <v>169</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D172" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A173" s="3">
+        <v>170</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="D173" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A174" s="3">
+        <v>171</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="D174" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A175" s="3">
+        <v>172</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A176" s="3">
+        <v>173</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D176" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A177" s="3">
+        <v>174</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="D177" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A178" s="3">
+        <v>175</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>640</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="D178" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="E178" s="3" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A179" s="3">
+        <v>176</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="D179" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="E179" s="3" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A180" s="3">
+        <v>177</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="D180" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="E180" s="3" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A181" s="3">
+        <v>178</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="D181" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="E181" s="3" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A182" s="3">
+        <v>179</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="D182" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="E182" s="3" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A183" s="3">
+        <v>180</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="D183" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A184" s="3">
+        <v>181</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="D184" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A185" s="3">
+        <v>182</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="D185" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A186" s="3">
+        <v>183</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D186" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A187" s="3">
+        <v>184</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="D187" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A188" s="3">
+        <v>185</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="D188" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="E188" s="3" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A189" s="3">
+        <v>186</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="D189" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A190" s="3">
+        <v>187</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="C190" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="D190" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A191" s="3">
+        <v>188</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D191" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="E191" s="3" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A192" s="3">
+        <v>189</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="D192" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A193" s="3">
+        <v>190</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="D193" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A194" s="3">
+        <v>191</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D194" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A195" s="3">
+        <v>192</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="D195" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A196" s="3">
+        <v>193</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="D196" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A197" s="3">
+        <v>194</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="D197" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A198" s="3">
+        <v>195</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="D198" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A199" s="3">
+        <v>196</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="D199" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A200" s="3">
+        <v>197</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="D200" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A201" s="3">
+        <v>198</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D201" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A202" s="3">
+        <v>199</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="D202" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A203" s="3">
+        <v>200</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D203" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A204" s="3">
+        <v>201</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="D204" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A205" s="3">
+        <v>202</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D205" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A206" s="3">
+        <v>203</v>
+      </c>
+      <c r="B206" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="D206" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A207" s="3">
+        <v>204</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="D207" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A208" s="3">
+        <v>205</v>
+      </c>
+      <c r="B208" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="C208" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="D208" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A209" s="3">
+        <v>206</v>
+      </c>
+      <c r="B209" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="C209" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="D209" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A210" s="3">
+        <v>207</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="D210" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A211" s="3">
+        <v>208</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="D211" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A212" s="3">
+        <v>209</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="D212" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A213" s="3">
+        <v>210</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="C213" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="D213" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A214" s="3">
+        <v>211</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="D214" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A215" s="3">
+        <v>212</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="D215" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A216" s="3">
+        <v>213</v>
+      </c>
+      <c r="B216" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="C216" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="D216" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A217" s="3">
+        <v>214</v>
+      </c>
+      <c r="B217" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="C217" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="D217" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A218" s="3">
+        <v>215</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>782</v>
+      </c>
+      <c r="C218" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="D218" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A219" s="3">
+        <v>216</v>
+      </c>
+      <c r="B219" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="C219" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="D219" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A220" s="3">
+        <v>217</v>
+      </c>
+      <c r="B220" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>787</v>
+      </c>
+      <c r="D220" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A221" s="3">
+        <v>218</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="C221" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="D221" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A222" s="3">
+        <v>219</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D222" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A223" s="3">
+        <v>220</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="C223" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="D223" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A224" s="3">
+        <v>221</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="D224" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A225" s="3">
+        <v>222</v>
+      </c>
+      <c r="B225" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="C225" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="D225" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="E225" s="3" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A226" s="3">
+        <v>223</v>
+      </c>
+      <c r="B226" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="C226" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="D226" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A227" s="3">
+        <v>224</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="D227" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A228" s="3">
+        <v>225</v>
+      </c>
+      <c r="B228" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C228" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D228" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="E228" s="3" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A229" s="3">
+        <v>226</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="C229" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="D229" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A230" s="3">
+        <v>227</v>
+      </c>
+      <c r="B230" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="C230" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="D230" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A231" s="3">
+        <v>228</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>823</v>
+      </c>
+      <c r="C231" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D231" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A232" s="3">
+        <v>229</v>
+      </c>
+      <c r="B232" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="C232" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="D232" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A233" s="3">
+        <v>230</v>
+      </c>
+      <c r="B233" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="C233" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="D233" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="E233" s="3" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A234" s="3">
+        <v>231</v>
+      </c>
+      <c r="B234" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="C234" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="D234" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="E234" s="3" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A235" s="3">
+        <v>232</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>837</v>
+      </c>
+      <c r="C235" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="D235" s="3" t="s">
+        <v>838</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A236" s="3">
+        <v>233</v>
+      </c>
+      <c r="B236" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="C236" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="D236" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A237" s="3">
+        <v>234</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="C237" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="D237" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A238" s="3">
+        <v>235</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="C238" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="D238" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A239" s="3">
+        <v>236</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="C239" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="D239" s="3" t="s">
+        <v>852</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A240" s="3">
+        <v>237</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="C240" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="D240" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A241" s="3">
+        <v>238</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>858</v>
+      </c>
+      <c r="D241" s="3" t="s">
+        <v>859</v>
+      </c>
+      <c r="E241" s="3" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A242" s="3">
+        <v>239</v>
+      </c>
+      <c r="B242" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="C242" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="D242" s="3" t="s">
+        <v>862</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A243" s="3">
+        <v>240</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C243" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="D243" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="E243" s="3" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A244" s="3">
+        <v>241</v>
+      </c>
+      <c r="B244" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="C244" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="D244" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="E244" s="3" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A245" s="3">
+        <v>242</v>
+      </c>
+      <c r="B245" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="C245" s="3" t="s">
+        <v>873</v>
+      </c>
+      <c r="D245" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="E245" s="3" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A246" s="3">
+        <v>243</v>
+      </c>
+      <c r="B246" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C246" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="D246" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A247" s="3">
+        <v>244</v>
+      </c>
+      <c r="B247" s="3" t="s">
+        <v>879</v>
+      </c>
+      <c r="C247" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="D247" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A248" s="3">
+        <v>245</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="C248" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D248" s="3" t="s">
+        <v>883</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A249" s="3">
+        <v>246</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="D249" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A250" s="3">
+        <v>247</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="D250" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A251" s="3">
+        <v>248</v>
+      </c>
+      <c r="B251" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="C251" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="D251" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="E251" s="3" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A252" s="3">
+        <v>249</v>
+      </c>
+      <c r="B252" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="C252" s="3" t="s">
+        <v>893</v>
+      </c>
+      <c r="D252" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="E252" s="3" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A253" s="3">
+        <v>250</v>
+      </c>
+      <c r="B253" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="C253" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="D253" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="E253" s="3" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A254" s="3">
+        <v>251</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C254" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="D254" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A255" s="3">
+        <v>252</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="C255" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="D255" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A256" s="3">
+        <v>253</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="C256" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="D256" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="E256" s="3" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A257" s="3">
+        <v>254</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="D257" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="E257" s="3" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A258" s="3">
+        <v>255</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>919</v>
+      </c>
+      <c r="D258" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="E258" s="3" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A259" s="3">
+        <v>256</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D259" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A260" s="3">
+        <v>257</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="C260" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D260" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="E260" s="3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A261" s="3">
+        <v>258</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>928</v>
+      </c>
+      <c r="D261" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A262" s="3">
+        <v>259</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="C262" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B35" s="11" t="s">
-[...651 lines deleted...]
-      <c r="D73" s="19" t="s">
+      <c r="D262" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A263" s="3">
         <v>260</v>
       </c>
-      <c r="E73" s="19" t="s">
+      <c r="B263" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="C263" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="D263" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A264" s="3">
         <v>261</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B74" s="13" t="s">
+      <c r="B264" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="D264" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A265" s="3">
         <v>262</v>
       </c>
-      <c r="C74" s="13" t="s">
+      <c r="B265" s="3" t="s">
+        <v>938</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="D265" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A266" s="3">
         <v>263</v>
       </c>
-      <c r="D74" s="13" t="s">
+      <c r="B266" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="C266" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D266" s="3" t="s">
+        <v>943</v>
+      </c>
+      <c r="E266" s="3" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A267" s="3">
         <v>264</v>
       </c>
-      <c r="E74" s="13" t="s">
+      <c r="B267" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="C267" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="D267" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="E267" s="3" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A268" s="3">
         <v>265</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B75" s="11" t="s">
+      <c r="B268" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="C268" s="3" t="s">
+        <v>949</v>
+      </c>
+      <c r="D268" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="E268" s="3" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A269" s="3">
         <v>266</v>
       </c>
-      <c r="C75" s="11" t="s">
+      <c r="B269" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="C269" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="D269" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="E269" s="3" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A270" s="3">
         <v>267</v>
       </c>
-      <c r="D75" s="11" t="s">
+      <c r="B270" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="D270" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="E270" s="3" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A271" s="3">
         <v>268</v>
       </c>
-      <c r="E75" s="11" t="s">
+      <c r="B271" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D271" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="E271" s="3" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A272" s="3">
         <v>269</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B76" s="19" t="s">
+      <c r="B272" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="C272" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D272" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="E272" s="3" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A273" s="3">
         <v>270</v>
       </c>
-      <c r="C76" s="19" t="s">
+      <c r="B273" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="C273" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D273" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A274" s="3">
         <v>271</v>
       </c>
-      <c r="D76" s="19" t="s">
+      <c r="B274" s="3" t="s">
+        <v>969</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D274" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A275" s="3">
         <v>272</v>
       </c>
-      <c r="E76" s="19" t="s">
+      <c r="B275" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="C275" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D275" s="3" t="s">
+        <v>973</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A276" s="3">
         <v>273</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B77" s="19" t="s">
+      <c r="B276" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="C276" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="D276" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A277" s="3">
         <v>274</v>
       </c>
-      <c r="C77" s="19" t="s">
+      <c r="B277" s="3" t="s">
+        <v>979</v>
+      </c>
+      <c r="C277" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="D277" s="3" t="s">
+        <v>981</v>
+      </c>
+      <c r="E277" s="3" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A278" s="3">
         <v>275</v>
       </c>
-      <c r="D77" s="19" t="s">
+      <c r="B278" s="3" t="s">
+        <v>983</v>
+      </c>
+      <c r="C278" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="D278" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="E278" s="3" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A279" s="3">
         <v>276</v>
       </c>
-      <c r="E77" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B78" s="11" t="s">
+      <c r="B279" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="C279" s="3" t="s">
+        <v>988</v>
+      </c>
+      <c r="D279" s="3" t="s">
+        <v>989</v>
+      </c>
+      <c r="E279" s="3" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A280" s="3">
         <v>277</v>
       </c>
-      <c r="C78" s="14" t="s">
+      <c r="B280" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="C280" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="D280" s="3" t="s">
+        <v>993</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A281" s="3">
         <v>278</v>
       </c>
-      <c r="D78" s="11" t="s">
+      <c r="B281" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="C281" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="D281" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A282" s="3">
         <v>279</v>
       </c>
-      <c r="E78" s="11" t="s">
+      <c r="B282" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="C282" s="3" t="s">
+        <v>999</v>
+      </c>
+      <c r="D282" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E282" s="3" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A283" s="3">
         <v>280</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B79" s="19" t="s">
+      <c r="B283" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C283" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D283" s="3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A284" s="3">
         <v>281</v>
       </c>
-      <c r="C79" s="19" t="s">
+      <c r="B284" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C284" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D284" s="3" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E284" s="3" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A285" s="3">
         <v>282</v>
       </c>
-      <c r="D79" s="19" t="s">
+      <c r="B285" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C285" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D285" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A286" s="3">
         <v>283</v>
       </c>
-      <c r="E79" s="19" t="s">
+      <c r="B286" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C286" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D286" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E286" s="3" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A287" s="3">
         <v>284</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B80" s="19" t="s">
+      <c r="B287" s="3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D287" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A288" s="3">
         <v>285</v>
       </c>
-      <c r="C80" s="19" t="s">
+      <c r="B288" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C288" s="3" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D288" s="3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A289" s="3">
         <v>286</v>
       </c>
-      <c r="D80" s="19" t="s">
+      <c r="B289" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C289" s="3" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D289" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A290" s="3">
         <v>287</v>
       </c>
-      <c r="E80" s="19" t="s">
+      <c r="B290" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C290" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D290" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A291" s="3">
         <v>288</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B81" s="19" t="s">
+      <c r="B291" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C291" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D291" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A292" s="3">
         <v>289</v>
       </c>
-      <c r="C81" s="19" t="s">
+      <c r="B292" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D292" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A293" s="3">
         <v>290</v>
       </c>
-      <c r="D81" s="19" t="s">
+      <c r="B293" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C293" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D293" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E293" s="3" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A294" s="3">
         <v>291</v>
       </c>
-      <c r="E81" s="19" t="s">
+      <c r="B294" s="3" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C294" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D294" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E294" s="3" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A295" s="3">
         <v>292</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B82" s="19" t="s">
+      <c r="B295" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C295" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D295" s="3" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A296" s="3">
         <v>293</v>
       </c>
-      <c r="C82" s="19" t="s">
+      <c r="B296" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C296" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D296" s="3" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A297" s="3">
         <v>294</v>
       </c>
-      <c r="D82" s="19" t="s">
+      <c r="B297" s="3" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C297" s="3" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D297" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A298" s="3">
         <v>295</v>
       </c>
-      <c r="E82" s="19" t="s">
+      <c r="B298" s="3" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C298" s="3" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D298" s="3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A299" s="3">
         <v>296</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B83" s="11" t="s">
+      <c r="B299" s="3" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C299" s="3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D299" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A300" s="3">
         <v>297</v>
       </c>
-      <c r="C83" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D83" s="11" t="s">
+      <c r="B300" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C300" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D300" s="3" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A301" s="3">
         <v>298</v>
       </c>
-      <c r="E83" s="11" t="s">
+      <c r="B301" s="3" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C301" s="3" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D301" s="3" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E301" s="3" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A302" s="3">
         <v>299</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B84" s="19" t="s">
+      <c r="B302" s="3" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C302" s="3" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D302" s="3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E302" s="3" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A303" s="3">
         <v>300</v>
       </c>
-      <c r="C84" s="19" t="s">
+      <c r="B303" s="3" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C303" s="3" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D303" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A304" s="3">
         <v>301</v>
       </c>
-      <c r="D84" s="19" t="s">
+      <c r="B304" s="3" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C304" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D304" s="3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A305" s="3">
         <v>302</v>
       </c>
-      <c r="E84" s="19" t="s">
+      <c r="B305" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C305" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D305" s="3" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A306" s="3">
         <v>303</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B85" s="19" t="s">
+      <c r="B306" s="3" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C306" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D306" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A307" s="3">
         <v>304</v>
       </c>
-      <c r="C85" s="19" t="s">
+      <c r="B307" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C307" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D307" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E307" s="3" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A308" s="3">
         <v>305</v>
       </c>
-      <c r="D85" s="19" t="s">
+      <c r="B308" s="3" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C308" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D308" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A309" s="3">
         <v>306</v>
       </c>
-      <c r="E85" s="19" t="s">
+      <c r="B309" s="3" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C309" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D309" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A310" s="3">
         <v>307</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B86" s="13" t="s">
+      <c r="B310" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C310" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A311" s="3">
         <v>308</v>
       </c>
-      <c r="C86" s="13" t="s">
-[...2 lines deleted...]
-      <c r="D86" s="13" t="s">
+      <c r="B311" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C311" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D311" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A312" s="3">
         <v>309</v>
       </c>
-      <c r="E86" s="13" t="s">
+      <c r="B312" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C312" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D312" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A313" s="3">
         <v>310</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B87" s="13" t="s">
+      <c r="B313" s="3" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C313" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D313" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A314" s="3">
         <v>311</v>
       </c>
-      <c r="C87" s="13" t="s">
+      <c r="B314" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C314" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D314" s="3" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A315" s="3">
         <v>312</v>
       </c>
-      <c r="D87" s="13" t="s">
+      <c r="B315" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C315" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D315" s="3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E315" s="3" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A316" s="3">
         <v>313</v>
       </c>
-      <c r="E87" s="13" t="s">
+      <c r="B316" s="3" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C316" s="3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D316" s="3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E316" s="3" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A317" s="3">
         <v>314</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B88" s="13" t="s">
+      <c r="B317" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C317" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D317" s="3" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E317" s="3" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A318" s="3">
         <v>315</v>
       </c>
-      <c r="C88" s="13" t="s">
+      <c r="B318" s="3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C318" s="3" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D318" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E318" s="3" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A319" s="3">
         <v>316</v>
       </c>
-      <c r="D88" s="13" t="s">
+      <c r="B319" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C319" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D319" s="3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E319" s="3" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A320" s="3">
         <v>317</v>
       </c>
-      <c r="E88" s="13" t="s">
+      <c r="B320" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C320" s="3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D320" s="3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E320" s="3" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A321" s="3">
         <v>318</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B89" s="19" t="s">
+      <c r="B321" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C321" s="3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D321" s="3" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E321" s="3" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A322" s="3">
         <v>319</v>
       </c>
-      <c r="C89" s="19" t="s">
+      <c r="B322" s="3" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C322" s="3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D322" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A323" s="3">
         <v>320</v>
       </c>
-      <c r="D89" s="19" t="s">
+      <c r="B323" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C323" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D323" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A324" s="3">
         <v>321</v>
       </c>
-      <c r="E89" s="19" t="s">
+      <c r="B324" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C324" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D324" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A325" s="3">
         <v>322</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B90" s="19" t="s">
+      <c r="B325" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C325" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D325" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A326" s="3">
         <v>323</v>
       </c>
-      <c r="C90" s="19" t="s">
+      <c r="B326" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C326" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D326" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E326" s="3" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A327" s="3">
         <v>324</v>
       </c>
-      <c r="D90" s="19" t="s">
+      <c r="B327" s="3" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C327" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D327" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E327" s="3" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A328" s="3">
         <v>325</v>
       </c>
-      <c r="E90" s="19" t="s">
+      <c r="B328" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C328" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D328" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E328" s="3" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A329" s="3">
         <v>326</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B91" s="13" t="s">
+      <c r="B329" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C329" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D329" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="E329" s="3" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A330" s="3">
         <v>327</v>
       </c>
-      <c r="C91" s="13" t="s">
+      <c r="B330" s="3" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C330" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D330" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E330" s="3" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A331" s="3">
         <v>328</v>
       </c>
-      <c r="D91" s="13" t="s">
+      <c r="B331" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C331" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D331" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A332" s="3">
         <v>329</v>
       </c>
-      <c r="E91" s="13" t="s">
+      <c r="B332" s="3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C332" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D332" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A333" s="3">
         <v>330</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B92" s="13" t="s">
+      <c r="B333" s="3" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C333" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D333" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E333" s="3" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A334" s="3">
         <v>331</v>
       </c>
-      <c r="C92" s="13" t="s">
-[...2 lines deleted...]
-      <c r="D92" s="11" t="s">
+      <c r="B334" s="3" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C334" s="3" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D334" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A335" s="3">
         <v>332</v>
       </c>
-      <c r="E92" s="11" t="s">
+      <c r="B335" s="3" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C335" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D335" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E335" s="3" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A336" s="3">
         <v>333</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B93" s="19" t="s">
+      <c r="B336" s="3" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C336" s="3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D336" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E336" s="3" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A337" s="3">
         <v>334</v>
       </c>
-      <c r="C93" s="19" t="s">
+      <c r="B337" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C337" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D337" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A338" s="3">
         <v>335</v>
       </c>
-      <c r="D93" s="19" t="s">
+      <c r="B338" s="3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C338" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D338" s="3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A339" s="3">
         <v>336</v>
       </c>
-      <c r="E93" s="19" t="s">
+      <c r="B339" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C339" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D339" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E339" s="3" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A340" s="3">
         <v>337</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B94" s="11" t="s">
+      <c r="B340" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C340" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D340" s="3" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E340" s="3" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A341" s="3">
         <v>338</v>
       </c>
-      <c r="C94" s="11" t="s">
+      <c r="B341" s="3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C341" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D341" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A342" s="3">
         <v>339</v>
       </c>
-      <c r="D94" s="11" t="s">
+      <c r="B342" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C342" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D342" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A343" s="3">
         <v>340</v>
       </c>
-      <c r="E94" s="11" t="s">
+      <c r="B343" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C343" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D343" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A344" s="3">
         <v>341</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B95" s="19" t="s">
+      <c r="B344" s="3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C344" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D344" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A345" s="3">
         <v>342</v>
       </c>
-      <c r="C95" s="19" t="s">
+      <c r="B345" s="3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C345" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D345" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A346" s="3">
         <v>343</v>
       </c>
-      <c r="D95" s="19" t="s">
+      <c r="B346" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C346" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D346" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A347" s="3">
         <v>344</v>
       </c>
-      <c r="E95" s="19" t="s">
+      <c r="B347" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C347" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D347" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A348" s="3">
         <v>345</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B96" s="11" t="s">
+      <c r="B348" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C348" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D348" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A349" s="3">
         <v>346</v>
       </c>
-      <c r="C96" s="11" t="s">
+      <c r="B349" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C349" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D349" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A350" s="3">
         <v>347</v>
       </c>
-      <c r="D96" s="11" t="s">
+      <c r="B350" s="3" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C350" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D350" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A351" s="3">
         <v>348</v>
       </c>
-      <c r="E96" s="11" t="s">
+      <c r="B351" s="3" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C351" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D351" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A352" s="3">
         <v>349</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B97" s="19" t="s">
+      <c r="B352" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C352" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D352" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A353" s="3">
         <v>350</v>
       </c>
-      <c r="C97" s="19" t="s">
+      <c r="B353" s="3" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C353" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D353" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A354" s="3">
         <v>351</v>
       </c>
-      <c r="D97" s="19" t="s">
+      <c r="B354" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C354" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D354" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A355" s="3">
         <v>352</v>
       </c>
-      <c r="E97" s="19" t="s">
+      <c r="B355" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C355" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D355" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A356" s="3">
         <v>353</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B98" s="19" t="s">
+      <c r="B356" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C356" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D356" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A357" s="3">
         <v>354</v>
       </c>
-      <c r="C98" s="19" t="s">
+      <c r="B357" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C357" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D357" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A358" s="3">
         <v>355</v>
       </c>
-      <c r="D98" s="19" t="s">
+      <c r="B358" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C358" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D358" s="3" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A359" s="3">
         <v>356</v>
       </c>
-      <c r="E98" s="19" t="s">
+      <c r="B359" s="3" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C359" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D359" s="3" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A360" s="3">
         <v>357</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B99" s="19" t="s">
+      <c r="B360" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C360" s="3" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D360" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A361" s="3">
         <v>358</v>
       </c>
-      <c r="C99" s="19" t="s">
+      <c r="B361" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C361" s="3" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D361" s="3" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A362" s="3">
         <v>359</v>
       </c>
-      <c r="D99" s="19" t="s">
+      <c r="B362" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C362" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D362" s="3" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A363" s="3">
         <v>360</v>
       </c>
-      <c r="E99" s="19" t="s">
+      <c r="B363" s="3" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C363" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D363" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A364" s="3">
         <v>361</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B100" s="19" t="s">
+      <c r="B364" s="3" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C364" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D364" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A365" s="3">
         <v>362</v>
       </c>
-      <c r="C100" s="19" t="s">
+      <c r="B365" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C365" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D365" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A366" s="3">
         <v>363</v>
       </c>
-      <c r="D100" s="19" t="s">
+      <c r="B366" s="3" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C366" s="3" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D366" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A367" s="3">
         <v>364</v>
       </c>
-      <c r="E100" s="19" t="s">
+      <c r="B367" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C367" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D367" s="3" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A368" s="3">
         <v>365</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B101" s="11" t="s">
+      <c r="B368" s="3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C368" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D368" s="3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A369" s="3">
         <v>366</v>
       </c>
-      <c r="C101" s="11" t="s">
+      <c r="B369" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C369" s="3" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D369" s="3" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A370" s="3">
         <v>367</v>
       </c>
-      <c r="D101" s="11" t="s">
+      <c r="B370" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C370" s="3" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D370" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A371" s="3">
         <v>368</v>
       </c>
-      <c r="E101" s="11" t="s">
+      <c r="B371" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C371" s="3" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D371" s="3" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A372" s="3">
         <v>369</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B102" s="19" t="s">
+      <c r="B372" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C372" s="3" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D372" s="3" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A373" s="3">
         <v>370</v>
       </c>
-      <c r="C102" s="19" t="s">
+      <c r="B373" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C373" s="3" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D373" s="3" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A374" s="3">
         <v>371</v>
       </c>
-      <c r="D102" s="19" t="s">
+      <c r="B374" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C374" s="3" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D374" s="3" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A375" s="3">
         <v>372</v>
       </c>
-      <c r="E102" s="19" t="s">
+      <c r="B375" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C375" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D375" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A376" s="3">
         <v>373</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B103" s="13" t="s">
+      <c r="B376" s="3" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C376" s="3" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D376" s="3" t="s">
+        <v>1345</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A377" s="3">
         <v>374</v>
       </c>
-      <c r="C103" s="13" t="s">
+      <c r="B377" s="3" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C377" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D377" s="3" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A378" s="3">
         <v>375</v>
       </c>
-      <c r="D103" s="11" t="s">
+      <c r="B378" s="3" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C378" s="3" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D378" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A379" s="3">
         <v>376</v>
       </c>
-      <c r="E103" s="11" t="s">
+      <c r="B379" s="3" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C379" s="3" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D379" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A380" s="3">
         <v>377</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B104" s="19" t="s">
+      <c r="B380" s="3" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C380" s="3" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D380" s="3" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A381" s="3">
         <v>378</v>
       </c>
-      <c r="C104" s="19" t="s">
+      <c r="B381" s="3" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C381" s="3" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D381" s="3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A382" s="3">
         <v>379</v>
       </c>
-      <c r="D104" s="19" t="s">
+      <c r="B382" s="3" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C382" s="3" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D382" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A383" s="3">
         <v>380</v>
       </c>
-      <c r="E104" s="19" t="s">
+      <c r="B383" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C383" s="3" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D383" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A384" s="3">
         <v>381</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B105" s="13" t="s">
+      <c r="B384" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C384" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D384" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A385" s="3">
         <v>382</v>
       </c>
-      <c r="C105" s="13" t="s">
+      <c r="B385" s="3" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C385" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D385" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A386" s="3">
         <v>383</v>
       </c>
-      <c r="D105" s="11" t="s">
+      <c r="B386" s="3" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C386" s="3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D386" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A387" s="3">
         <v>384</v>
       </c>
-      <c r="E105" s="11" t="s">
+      <c r="B387" s="3" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C387" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D387" s="3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A388" s="3">
         <v>385</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B106" s="19" t="s">
+      <c r="B388" s="3" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C388" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D388" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A389" s="3">
         <v>386</v>
       </c>
-      <c r="C106" s="19" t="s">
+      <c r="B389" s="3" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C389" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D389" s="3" t="s">
+        <v>1396</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A390" s="3">
         <v>387</v>
       </c>
-      <c r="D106" s="19" t="s">
+      <c r="B390" s="3" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C390" s="3" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D390" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A391" s="3">
         <v>388</v>
       </c>
-      <c r="E106" s="19" t="s">
+      <c r="B391" s="3" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C391" s="3" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D391" s="3" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A392" s="3">
         <v>389</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B107" s="19" t="s">
+      <c r="B392" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C392" s="3" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D392" s="3" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A393" s="3">
         <v>390</v>
       </c>
-      <c r="C107" s="19" t="s">
+      <c r="B393" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C393" s="3" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D393" s="3" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A394" s="3">
         <v>391</v>
       </c>
-      <c r="D107" s="19" t="s">
+      <c r="B394" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C394" s="3" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D394" s="3" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A395" s="3">
         <v>392</v>
       </c>
-      <c r="E107" s="19" t="s">
+      <c r="B395" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C395" s="3" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D395" s="3" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A396" s="3">
         <v>393</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B108" s="19" t="s">
+      <c r="B396" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C396" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D396" s="3" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A397" s="3">
         <v>394</v>
       </c>
-      <c r="C108" s="19" t="s">
-[...2 lines deleted...]
-      <c r="D108" s="19" t="s">
+      <c r="B397" s="3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C397" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D397" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A398" s="3">
         <v>395</v>
       </c>
-      <c r="E108" s="19" t="s">
+      <c r="B398" s="3" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C398" s="3" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D398" s="3" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A399" s="3">
         <v>396</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B109" s="19" t="s">
+      <c r="B399" s="3" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C399" s="3" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D399" s="3" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A400" s="3">
         <v>397</v>
       </c>
-      <c r="C109" s="19" t="s">
+      <c r="B400" s="3" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C400" s="3" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D400" s="3" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A401" s="3">
         <v>398</v>
       </c>
-      <c r="D109" s="19" t="s">
+      <c r="B401" s="3" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C401" s="3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D401" s="3" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A402" s="3">
         <v>399</v>
       </c>
-      <c r="E109" s="19" t="s">
+      <c r="B402" s="3" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C402" s="3" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D402" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A403" s="3">
         <v>400</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B110" s="19" t="s">
+      <c r="B403" s="3" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C403" s="3" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D403" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A404" s="3">
         <v>401</v>
       </c>
-      <c r="C110" s="19" t="s">
+      <c r="B404" s="3" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C404" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D404" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A405" s="3">
         <v>402</v>
       </c>
-      <c r="D110" s="19" t="s">
+      <c r="B405" s="3" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C405" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D405" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A406" s="3">
         <v>403</v>
       </c>
-      <c r="E110" s="19" t="s">
+      <c r="B406" s="3" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C406" s="3" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D406" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A407" s="3">
         <v>404</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B111" s="11" t="s">
+      <c r="B407" s="3" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C407" s="3" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D407" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A408" s="3">
         <v>405</v>
       </c>
-      <c r="C111" s="11" t="s">
+      <c r="B408" s="3" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C408" s="3" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D408" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A409" s="3">
         <v>406</v>
       </c>
-      <c r="D111" s="11" t="s">
+      <c r="B409" s="3" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C409" s="3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D409" s="3" t="s">
+        <v>1464</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A410" s="3">
         <v>407</v>
       </c>
-      <c r="E111" s="11" t="s">
+      <c r="B410" s="3" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C410" s="3" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D410" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A411" s="3">
         <v>408</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B112" s="19" t="s">
+      <c r="B411" s="3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C411" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D411" s="3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A412" s="3">
         <v>409</v>
       </c>
-      <c r="C112" s="19" t="s">
-[...2 lines deleted...]
-      <c r="D112" s="19" t="s">
+      <c r="B412" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C412" s="3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D412" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A413" s="3">
         <v>410</v>
       </c>
-      <c r="E112" s="19" t="s">
+      <c r="B413" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C413" s="3" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D413" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A414" s="3">
         <v>411</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B113" s="19" t="s">
+      <c r="B414" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C414" s="3" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D414" s="3" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A415" s="3">
         <v>412</v>
       </c>
-      <c r="C113" s="19" t="s">
-[...2 lines deleted...]
-      <c r="D113" s="19" t="s">
+      <c r="B415" s="3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C415" s="3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D415" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A416" s="3">
         <v>413</v>
       </c>
-      <c r="E113" s="19" t="s">
-[...7 lines deleted...]
-      <c r="B114" s="19" t="s">
+      <c r="B416" s="3" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C416" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D416" s="3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A417" s="3">
         <v>414</v>
       </c>
-      <c r="C114" s="19" t="s">
+      <c r="B417" s="3" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C417" s="3" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D417" s="3" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A418" s="3">
         <v>415</v>
       </c>
-      <c r="D114" s="19" t="s">
+      <c r="B418" s="3" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C418" s="3" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D418" s="3" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A419" s="3">
         <v>416</v>
       </c>
-      <c r="E114" s="19" t="s">
+      <c r="B419" s="3" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C419" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D419" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A420" s="3">
         <v>417</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B115" s="19" t="s">
+      <c r="B420" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C420" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D420" s="3" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A421" s="3">
         <v>418</v>
       </c>
-      <c r="C115" s="19" t="s">
+      <c r="B421" s="3" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C421" s="3" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D421" s="3" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A422" s="3">
         <v>419</v>
       </c>
-      <c r="D115" s="19" t="s">
+      <c r="B422" s="3" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C422" s="3" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D422" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A423" s="3">
         <v>420</v>
       </c>
-      <c r="E115" s="19" t="s">
+      <c r="B423" s="3" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C423" s="3" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D423" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A424" s="3">
         <v>421</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B116" s="13" t="s">
+      <c r="B424" s="3" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C424" s="3" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D424" s="3" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A425" s="3">
         <v>422</v>
       </c>
-      <c r="C116" s="13" t="s">
+      <c r="B425" s="3" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C425" s="3" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D425" s="3" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A426" s="3">
         <v>423</v>
       </c>
-      <c r="D116" s="13" t="s">
+      <c r="B426" s="3" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C426" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D426" s="3" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A427" s="3">
         <v>424</v>
       </c>
-      <c r="E116" s="13" t="s">
+      <c r="B427" s="3" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C427" s="3" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D427" s="3" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A428" s="3">
         <v>425</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B117" s="11" t="s">
+      <c r="B428" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C428" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D428" s="3" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A429" s="3">
         <v>426</v>
       </c>
-      <c r="C117" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D117" s="11" t="s">
+      <c r="B429" s="3" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C429" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D429" s="3" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A430" s="3">
         <v>427</v>
       </c>
-      <c r="E117" s="11" t="s">
+      <c r="B430" s="3" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C430" s="3" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D430" s="3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A431" s="3">
         <v>428</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B118" s="19" t="s">
+      <c r="B431" s="3" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C431" s="3" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D431" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A432" s="3">
         <v>429</v>
       </c>
-      <c r="C118" s="19" t="s">
+      <c r="B432" s="3" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C432" s="3" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D432" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A433" s="3">
         <v>430</v>
       </c>
-      <c r="D118" s="19" t="s">
+      <c r="B433" s="3" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C433" s="3" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D433" s="3" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A434" s="3">
         <v>431</v>
       </c>
-      <c r="E118" s="19" t="s">
+      <c r="B434" s="3" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C434" s="3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D434" s="3" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A435" s="3">
         <v>432</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B119" s="11" t="s">
+      <c r="B435" s="3" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C435" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D435" s="3" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A436" s="3">
         <v>433</v>
       </c>
-      <c r="C119" s="11" t="s">
+      <c r="B436" s="3" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C436" s="3" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D436" s="3" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A437" s="3">
         <v>434</v>
       </c>
-      <c r="D119" s="11" t="s">
+      <c r="B437" s="3" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C437" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D437" s="3" t="s">
+        <v>1564</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A438" s="3">
         <v>435</v>
       </c>
-      <c r="E119" s="11" t="s">
+      <c r="B438" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C438" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D438" s="3" t="s">
+        <v>1567</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A439" s="3">
         <v>436</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B120" s="19" t="s">
+      <c r="B439" s="3" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C439" s="3" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D439" s="3" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A440" s="3">
         <v>437</v>
       </c>
-      <c r="C120" s="19" t="s">
-[...2 lines deleted...]
-      <c r="D120" s="19" t="s">
+      <c r="B440" s="3" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C440" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D440" s="3" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A441" s="3">
         <v>438</v>
       </c>
-      <c r="E120" s="19" t="s">
+      <c r="B441" s="3" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C441" s="3" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D441" s="3" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E441" s="3" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A442" s="3">
         <v>439</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B121" s="11" t="s">
+      <c r="B442" s="3" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C442" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D442" s="3" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A443" s="3">
         <v>440</v>
       </c>
-      <c r="C121" s="11" t="s">
+      <c r="B443" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C443" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D443" s="3" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A444" s="3">
         <v>441</v>
       </c>
-      <c r="D121" s="11" t="s">
+      <c r="B444" s="3" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C444" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D444" s="3" t="s">
+        <v>1585</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A445" s="3">
         <v>442</v>
       </c>
-      <c r="E121" s="11" t="s">
+      <c r="B445" s="3" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C445" s="3" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D445" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A446" s="3">
         <v>443</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B122" s="19" t="s">
+      <c r="B446" s="3" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C446" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D446" s="3" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A447" s="3">
         <v>444</v>
       </c>
-      <c r="C122" s="19" t="s">
+      <c r="B447" s="3" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C447" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D447" s="3" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A448" s="3">
         <v>445</v>
       </c>
-      <c r="D122" s="19" t="s">
+      <c r="B448" s="3" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C448" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D448" s="3" t="s">
+        <v>1599</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A449" s="3">
         <v>446</v>
       </c>
-      <c r="E122" s="19" t="s">
+      <c r="B449" s="3" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C449" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D449" s="3" t="s">
+        <v>1603</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A450" s="3">
         <v>447</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B123" s="11" t="s">
+      <c r="B450" s="3" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C450" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D450" s="3" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A451" s="3">
         <v>448</v>
       </c>
-      <c r="C123" s="11" t="s">
+      <c r="B451" s="3" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C451" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D451" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A452" s="3">
         <v>449</v>
       </c>
-      <c r="D123" s="11" t="s">
+      <c r="B452" s="3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C452" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D452" s="3" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A453" s="3">
         <v>450</v>
       </c>
-      <c r="E123" s="11" t="s">
+      <c r="B453" s="3" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C453" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D453" s="3" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A454" s="3">
         <v>451</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B124" s="19" t="s">
+      <c r="B454" s="3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C454" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D454" s="3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A455" s="3">
         <v>452</v>
       </c>
-      <c r="C124" s="19" t="s">
+      <c r="B455" s="3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C455" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D455" s="3" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A456" s="3">
         <v>453</v>
       </c>
-      <c r="D124" s="19" t="s">
+      <c r="B456" s="3" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C456" s="3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D456" s="3" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A457" s="3">
         <v>454</v>
       </c>
-      <c r="E124" s="19" t="s">
+      <c r="B457" s="3" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C457" s="3" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D457" s="3" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A458" s="3">
         <v>455</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B125" s="11" t="s">
+      <c r="B458" s="3" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C458" s="3" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D458" s="3" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A459" s="3">
         <v>456</v>
       </c>
-      <c r="C125" s="11" t="s">
+      <c r="B459" s="3" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C459" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D459" s="3" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A460" s="3">
         <v>457</v>
       </c>
-      <c r="D125" s="11" t="s">
+      <c r="B460" s="3" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C460" s="3" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D460" s="3" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A461" s="3">
         <v>458</v>
       </c>
-      <c r="E125" s="11" t="s">
+      <c r="B461" s="3" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C461" s="3" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D461" s="3" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A462" s="3">
         <v>459</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B126" s="11" t="s">
+      <c r="B462" s="3" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C462" s="3" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D462" s="3" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A463" s="3">
         <v>460</v>
       </c>
-      <c r="C126" s="11" t="s">
+      <c r="B463" s="3" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C463" s="3" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D463" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A464" s="3">
         <v>461</v>
       </c>
-      <c r="D126" s="11" t="s">
+      <c r="B464" s="3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C464" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="D464" s="3" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A465" s="3">
         <v>462</v>
       </c>
-      <c r="E126" s="11" t="s">
+      <c r="B465" s="3" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C465" s="3" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D465" s="3" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A466" s="3">
         <v>463</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B127" s="19" t="s">
+      <c r="B466" s="3" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C466" s="3" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D466" s="3" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A467" s="3">
         <v>464</v>
       </c>
-      <c r="C127" s="19" t="s">
+      <c r="B467" s="3" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C467" s="3" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D467" s="3" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A468" s="3">
         <v>465</v>
       </c>
-      <c r="D127" s="19" t="s">
+      <c r="B468" s="3" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C468" s="3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D468" s="3" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A469" s="3">
         <v>466</v>
       </c>
-      <c r="E127" s="19" t="s">
+      <c r="B469" s="3" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C469" s="3" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D469" s="3" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A470" s="3">
         <v>467</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B128" s="19" t="s">
+      <c r="B470" s="3" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C470" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D470" s="3" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A471" s="3">
         <v>468</v>
       </c>
-      <c r="C128" s="19" t="s">
+      <c r="B471" s="3" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C471" s="3" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D471" s="3" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A472" s="3">
         <v>469</v>
       </c>
-      <c r="D128" s="19" t="s">
+      <c r="B472" s="3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C472" s="3" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D472" s="3" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E472" s="3" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A473" s="3">
         <v>470</v>
       </c>
-      <c r="E128" s="19" t="s">
+      <c r="B473" s="3" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C473" s="3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D473" s="3" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A474" s="3">
         <v>471</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B129" s="11" t="s">
+      <c r="B474" s="3" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C474" s="3" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D474" s="3" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A475" s="3">
         <v>472</v>
       </c>
-      <c r="C129" s="11" t="s">
+      <c r="B475" s="3" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C475" s="3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D475" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A476" s="3">
         <v>473</v>
       </c>
-      <c r="D129" s="11" t="s">
+      <c r="B476" s="3" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C476" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D476" s="3" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A477" s="3">
         <v>474</v>
       </c>
-      <c r="E129" s="11" t="s">
+      <c r="B477" s="3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C477" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D477" s="3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A478" s="3">
         <v>475</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B130" s="11" t="s">
+      <c r="B478" s="3" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C478" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D478" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A479" s="3">
         <v>476</v>
       </c>
-      <c r="C130" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D130" s="11" t="s">
+      <c r="B479" s="3" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C479" s="3" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D479" s="3" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A480" s="3">
         <v>477</v>
       </c>
-      <c r="E130" s="11" t="s">
+      <c r="B480" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C480" s="3" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D480" s="3" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A481" s="3">
         <v>478</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B131" s="13" t="s">
+      <c r="B481" s="3" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C481" s="3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D481" s="3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A482" s="3">
         <v>479</v>
       </c>
-      <c r="C131" s="13" t="s">
-[...2 lines deleted...]
-      <c r="D131" s="11" t="s">
+      <c r="B482" s="3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C482" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D482" s="3" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A483" s="3">
         <v>480</v>
       </c>
-      <c r="E131" s="11" t="s">
+      <c r="B483" s="3" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C483" s="3" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D483" s="3" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A484" s="3">
         <v>481</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B132" s="13" t="s">
+      <c r="B484" s="3" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C484" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D484" s="3" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A485" s="3">
         <v>482</v>
       </c>
-      <c r="C132" s="13" t="s">
+      <c r="B485" s="3" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C485" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D485" s="3" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A486" s="3">
         <v>483</v>
       </c>
-      <c r="D132" s="13" t="s">
+      <c r="B486" s="3" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C486" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D486" s="3" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A487" s="3">
         <v>484</v>
       </c>
-      <c r="E132" s="13" t="s">
+      <c r="B487" s="3" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C487" s="3" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D487" s="3" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A488" s="3">
         <v>485</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B133" s="13" t="s">
+      <c r="B488" s="3" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C488" s="3" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D488" s="3" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="489" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A489" s="3">
         <v>486</v>
       </c>
-      <c r="C133" s="13" t="s">
+      <c r="B489" s="3" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C489" s="3" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D489" s="3" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="490" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A490" s="3">
         <v>487</v>
       </c>
-      <c r="D133" s="13" t="s">
+      <c r="B490" s="3" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C490" s="3" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D490" s="3" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="491" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A491" s="3">
         <v>488</v>
       </c>
-      <c r="E133" s="13" t="s">
+      <c r="B491" s="3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C491" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D491" s="3" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E491" s="3" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="492" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A492" s="3">
         <v>489</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B134" s="19" t="s">
+      <c r="B492" s="3" t="s">
+        <v>1757</v>
+      </c>
+      <c r="C492" s="3" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D492" s="3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="493" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A493" s="3">
         <v>490</v>
       </c>
-      <c r="C134" s="19" t="s">
+      <c r="B493" s="3" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C493" s="3" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D493" s="3" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E493" s="3" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="494" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A494" s="3">
         <v>491</v>
       </c>
-      <c r="D134" s="19" t="s">
+      <c r="B494" s="3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C494" s="3" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D494" s="3" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="495" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A495" s="3">
         <v>492</v>
       </c>
-      <c r="E134" s="19" t="s">
+      <c r="B495" s="3" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C495" s="3" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D495" s="3" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="496" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A496" s="3">
         <v>493</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B135" s="19" t="s">
+      <c r="B496" s="3" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C496" s="3" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D496" s="3" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="497" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A497" s="3">
         <v>494</v>
       </c>
-      <c r="C135" s="19" t="s">
+      <c r="B497" s="3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C497" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D497" s="3" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="498" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A498" s="3">
         <v>495</v>
       </c>
-      <c r="D135" s="19" t="s">
+      <c r="B498" s="3" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C498" s="3" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D498" s="3" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E498" s="3" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="499" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A499" s="3">
         <v>496</v>
       </c>
-      <c r="E135" s="19" t="s">
+      <c r="B499" s="3" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C499" s="3" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D499" s="3" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="500" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A500" s="3">
         <v>497</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B136" s="11" t="s">
+      <c r="B500" s="3" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C500" s="3" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D500" s="3" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E500" s="3" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="501" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A501" s="3">
         <v>498</v>
       </c>
-      <c r="C136" s="11" t="s">
+      <c r="B501" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C501" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D501" s="3" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="502" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A502" s="3">
         <v>499</v>
       </c>
-      <c r="D136" s="11" t="s">
+      <c r="B502" s="3" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C502" s="3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D502" s="3" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E502" s="3" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="503" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A503" s="3">
         <v>500</v>
       </c>
-      <c r="E136" s="11" t="s">
+      <c r="B503" s="3" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C503" s="3" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D503" s="3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="E503" s="3" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="504" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A504" s="3">
         <v>501</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B137" s="19" t="s">
+      <c r="B504" s="3" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C504" s="3" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D504" s="3" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E504" s="3" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="505" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A505" s="3">
         <v>502</v>
       </c>
-      <c r="C137" s="19" t="s">
+      <c r="B505" s="3" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C505" s="3" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D505" s="3" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="506" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A506" s="3">
         <v>503</v>
       </c>
-      <c r="D137" s="19" t="s">
+      <c r="B506" s="3" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C506" s="3" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D506" s="3" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E506" s="3" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="507" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A507" s="3">
         <v>504</v>
       </c>
-      <c r="E137" s="19" t="s">
+      <c r="B507" s="3" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C507" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D507" s="3" t="s">
+        <v>1812</v>
+      </c>
+      <c r="E507" s="3" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="508" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A508" s="3">
         <v>505</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B138" s="19" t="s">
+      <c r="B508" s="3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C508" s="3" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D508" s="3" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E508" s="3" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="509" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A509" s="3">
         <v>506</v>
       </c>
-      <c r="C138" s="19" t="s">
+      <c r="B509" s="3" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C509" s="3" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D509" s="3" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="510" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A510" s="3">
         <v>507</v>
       </c>
-      <c r="D138" s="19" t="s">
+      <c r="B510" s="3" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C510" s="3" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D510" s="3" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E510" s="3" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="511" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A511" s="3">
         <v>508</v>
       </c>
-      <c r="E138" s="19" t="s">
+      <c r="B511" s="3" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C511" s="3" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D511" s="3" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="512" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A512" s="3">
         <v>509</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B139" s="19" t="s">
+      <c r="B512" s="3" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C512" s="3" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D512" s="3" t="s">
+        <v>1831</v>
+      </c>
+      <c r="E512" s="3" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="513" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A513" s="3">
+        <v>510</v>
+      </c>
+      <c r="B513" s="3" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C513" s="3" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D513" s="3" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="514" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A514" s="3">
+        <v>511</v>
+      </c>
+      <c r="B514" s="3" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C514" s="3" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D514" s="3" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="515" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A515" s="3">
+        <v>512</v>
+      </c>
+      <c r="B515" s="3" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C515" s="3" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D515" s="3" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="516" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A516" s="3">
+        <v>513</v>
+      </c>
+      <c r="B516" s="3" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C516" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D516" s="3" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="517" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A517" s="3">
+        <v>514</v>
+      </c>
+      <c r="B517" s="3" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C517" s="3" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D517" s="3" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E517" s="3" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="518" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A518" s="3">
+        <v>515</v>
+      </c>
+      <c r="B518" s="3" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C518" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D518" s="3" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="519" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A519" s="3">
+        <v>516</v>
+      </c>
+      <c r="B519" s="3" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C519" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D519" s="3" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E519" s="3" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="520" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A520" s="3">
+        <v>517</v>
+      </c>
+      <c r="B520" s="3" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C520" s="3" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D520" s="3" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="521" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A521" s="3">
+        <v>518</v>
+      </c>
+      <c r="B521" s="3" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C521" s="3" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D521" s="3" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E521" s="3" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="522" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A522" s="3">
+        <v>519</v>
+      </c>
+      <c r="B522" s="3" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C522" s="3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D522" s="3" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="523" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A523" s="3">
+        <v>520</v>
+      </c>
+      <c r="B523" s="3" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C523" s="3" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D523" s="3" t="s">
+        <v>1873</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="524" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A524" s="3">
+        <v>521</v>
+      </c>
+      <c r="B524" s="3" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C524" s="3" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D524" s="3" t="s">
+        <v>1876</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="525" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A525" s="3">
+        <v>522</v>
+      </c>
+      <c r="B525" s="3" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C525" s="3" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D525" s="3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="526" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A526" s="3">
+        <v>523</v>
+      </c>
+      <c r="B526" s="3" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C526" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D526" s="3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="527" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A527" s="3">
+        <v>524</v>
+      </c>
+      <c r="B527" s="3" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C527" s="3" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D527" s="3" t="s">
+        <v>1887</v>
+      </c>
+      <c r="E527" s="3" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="528" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A528" s="3">
+        <v>525</v>
+      </c>
+      <c r="B528" s="3" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C528" s="3" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D528" s="3" t="s">
+        <v>1891</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="529" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A529" s="3">
+        <v>526</v>
+      </c>
+      <c r="B529" s="3" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C529" s="3" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D529" s="3" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E529" s="3" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="530" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A530" s="3">
+        <v>527</v>
+      </c>
+      <c r="B530" s="3" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C530" s="3" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D530" s="3" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E530" s="3" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="531" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A531" s="3">
+        <v>528</v>
+      </c>
+      <c r="B531" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C531" s="3" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D531" s="3" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E531" s="3" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="532" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A532" s="3">
+        <v>529</v>
+      </c>
+      <c r="B532" s="3" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C532" s="3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D532" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E532" s="3" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="533" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A533" s="3">
+        <v>530</v>
+      </c>
+      <c r="B533" s="3" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C533" s="3" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D533" s="3" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E533" s="3" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="534" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A534" s="3">
+        <v>531</v>
+      </c>
+      <c r="B534" s="3" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C534" s="3" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D534" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E534" s="3" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="535" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A535" s="3">
+        <v>532</v>
+      </c>
+      <c r="B535" s="3" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C535" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D535" s="3" t="s">
+        <v>1915</v>
+      </c>
+      <c r="E535" s="3" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="536" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A536" s="3">
+        <v>533</v>
+      </c>
+      <c r="B536" s="3" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C536" s="3" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D536" s="3" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E536" s="3" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="537" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A537" s="3">
+        <v>534</v>
+      </c>
+      <c r="B537" s="3" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C537" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D537" s="3" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="538" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A538" s="3">
+        <v>535</v>
+      </c>
+      <c r="B538" s="3" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C538" s="3" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D538" s="3" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="539" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A539" s="3">
+        <v>536</v>
+      </c>
+      <c r="B539" s="3" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C539" s="3" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D539" s="3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E539" s="3" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="540" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A540" s="3">
+        <v>537</v>
+      </c>
+      <c r="B540" s="3" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C540" s="3" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D540" s="3" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="541" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A541" s="3">
+        <v>538</v>
+      </c>
+      <c r="B541" s="3" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C541" s="3" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D541" s="3" t="s">
+        <v>1936</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="542" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A542" s="3">
+        <v>539</v>
+      </c>
+      <c r="B542" s="3" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C542" s="3" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D542" s="3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E542" s="3" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="543" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A543" s="3">
+        <v>540</v>
+      </c>
+      <c r="B543" s="3" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C543" s="3" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D543" s="3" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E543" s="3" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="544" spans="1:5" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A544" s="3">
+        <v>541</v>
+      </c>
+      <c r="B544" s="3" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C544" s="3" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D544" s="3" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E544" s="3" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="545" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A545" s="3">
+        <v>542</v>
+      </c>
+      <c r="B545" s="3" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C545" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D545" s="3" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="546" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A546" s="3">
+        <v>543</v>
+      </c>
+      <c r="B546" s="3" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C546" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D546" s="3" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E546" s="3" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="547" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A547" s="3">
+        <v>544</v>
+      </c>
+      <c r="B547" s="3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C547" s="3" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D547" s="3" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E547" s="3" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="548" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A548" s="3">
+        <v>545</v>
+      </c>
+      <c r="B548" s="3" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C548" s="3" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D548" s="3" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E548" s="3" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="549" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A549" s="3">
+        <v>546</v>
+      </c>
+      <c r="B549" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C549" s="3" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D549" s="3" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="550" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A550" s="3">
+        <v>547</v>
+      </c>
+      <c r="B550" s="3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C550" s="3" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D550" s="3" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="551" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A551" s="3">
+        <v>548</v>
+      </c>
+      <c r="B551" s="3" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C551" s="3" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D551" s="3" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="552" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A552" s="3">
+        <v>549</v>
+      </c>
+      <c r="B552" s="3" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C552" s="3" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D552" s="3" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="553" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A553" s="3">
+        <v>550</v>
+      </c>
+      <c r="B553" s="3" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C553" s="3" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D553" s="3" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="554" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A554" s="3">
+        <v>551</v>
+      </c>
+      <c r="B554" s="3" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C554" s="3" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D554" s="3" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="555" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A555" s="3">
+        <v>552</v>
+      </c>
+      <c r="B555" s="3" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C555" s="3" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D555" s="3" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="556" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A556" s="3">
+        <v>553</v>
+      </c>
+      <c r="B556" s="3" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C556" s="3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D556" s="3" t="s">
+        <v>1990</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="557" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A557" s="3">
+        <v>554</v>
+      </c>
+      <c r="B557" s="3" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C557" s="3" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D557" s="3" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="558" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A558" s="3">
+        <v>555</v>
+      </c>
+      <c r="B558" s="3" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C558" s="3" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D558" s="3" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="559" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A559" s="3">
+        <v>556</v>
+      </c>
+      <c r="B559" s="3" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C559" s="3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D559" s="3" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="560" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A560" s="3">
+        <v>557</v>
+      </c>
+      <c r="B560" s="3" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C560" s="3" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D560" s="3" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="561" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A561" s="3">
+        <v>558</v>
+      </c>
+      <c r="B561" s="3" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C561" s="3" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D561" s="3" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E561" s="3" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="562" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A562" s="3">
+        <v>559</v>
+      </c>
+      <c r="B562" s="3" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C562" s="3" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D562" s="3" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E562" s="3" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="563" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A563" s="3">
+        <v>560</v>
+      </c>
+      <c r="B563" s="3" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C563" s="3" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D563" s="3" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E563" s="3" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="564" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A564" s="3">
+        <v>561</v>
+      </c>
+      <c r="B564" s="3" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C564" s="3" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D564" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E564" s="3" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="565" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A565" s="3">
+        <v>562</v>
+      </c>
+      <c r="B565" s="3" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C565" s="3" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D565" s="3" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E565" s="3" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="566" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A566" s="3">
+        <v>563</v>
+      </c>
+      <c r="B566" s="3" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C566" s="3" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D566" s="3" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E566" s="3" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="567" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A567" s="3">
+        <v>564</v>
+      </c>
+      <c r="B567" s="3" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C567" s="3" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D567" s="3" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E567" s="3" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="568" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A568" s="3">
+        <v>565</v>
+      </c>
+      <c r="B568" s="3" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C568" s="3" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D568" s="3" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E568" s="3" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="569" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A569" s="3">
+        <v>566</v>
+      </c>
+      <c r="B569" s="3" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C569" s="3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D569" s="3" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E569" s="3" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="570" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A570" s="3">
+        <v>567</v>
+      </c>
+      <c r="B570" s="3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C570" s="3" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D570" s="3" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E570" s="3" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="571" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A571" s="3">
+        <v>568</v>
+      </c>
+      <c r="B571" s="3" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C571" s="3" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D571" s="3" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E571" s="3" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="572" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A572" s="3">
+        <v>569</v>
+      </c>
+      <c r="B572" s="3" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C572" s="3" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D572" s="3" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E572" s="3" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="573" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A573" s="3">
+        <v>570</v>
+      </c>
+      <c r="B573" s="3" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C573" s="3" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D573" s="3" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E573" s="3" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="574" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A574" s="3">
+        <v>571</v>
+      </c>
+      <c r="B574" s="3" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C574" s="3" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D574" s="3" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E574" s="3" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="575" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A575" s="3">
+        <v>572</v>
+      </c>
+      <c r="B575" s="3" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C575" s="3" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D575" s="3" t="s">
+        <v>2063</v>
+      </c>
+      <c r="E575" s="3" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="576" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A576" s="3">
+        <v>573</v>
+      </c>
+      <c r="B576" s="3" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C576" s="3" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D576" s="3" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E576" s="3" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="577" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A577" s="3">
+        <v>574</v>
+      </c>
+      <c r="B577" s="3" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C577" s="3" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D577" s="3" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E577" s="3" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="578" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A578" s="3">
+        <v>575</v>
+      </c>
+      <c r="B578" s="3" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C578" s="3" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D578" s="3" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E578" s="3" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="579" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A579" s="3">
+        <v>576</v>
+      </c>
+      <c r="B579" s="3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C579" s="3" t="s">
+        <v>2077</v>
+      </c>
+      <c r="D579" s="3" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E579" s="3" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="580" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A580" s="3">
+        <v>577</v>
+      </c>
+      <c r="B580" s="3" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C580" s="3" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D580" s="3" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E580" s="3" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="581" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A581" s="3">
+        <v>578</v>
+      </c>
+      <c r="B581" s="3" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C581" s="3" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D581" s="3" t="s">
+        <v>2083</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="582" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A582" s="3">
+        <v>579</v>
+      </c>
+      <c r="B582" s="3" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C582" s="3" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D582" s="3" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="583" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A583" s="3">
+        <v>580</v>
+      </c>
+      <c r="B583" s="3" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C583" s="3" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D583" s="3" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="584" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A584" s="3">
+        <v>581</v>
+      </c>
+      <c r="B584" s="3" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C584" s="3" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D584" s="3" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E584" s="3" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="585" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A585" s="3">
+        <v>582</v>
+      </c>
+      <c r="B585" s="3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C585" s="3" t="s">
+        <v>2090</v>
+      </c>
+      <c r="D585" s="3" t="s">
+        <v>2098</v>
+      </c>
+      <c r="E585" s="3" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="586" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A586" s="3">
+        <v>583</v>
+      </c>
+      <c r="B586" s="3" t="s">
         <v>2100</v>
       </c>
-      <c r="C139" s="19" t="s">
-[...336 lines deleted...]
-      <c r="B159" s="29" t="s">
+      <c r="C586" s="3" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D586" s="3" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="587" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A587" s="3">
         <v>584</v>
       </c>
-      <c r="C159" s="29" t="s">
+      <c r="B587" s="3" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C587" s="3" t="s">
+        <v>2105</v>
+      </c>
+      <c r="D587" s="3" t="s">
+        <v>2106</v>
+      </c>
+      <c r="E587" s="3" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="588" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A588" s="3">
+        <v>585</v>
+      </c>
+      <c r="B588" s="3" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C588" s="3" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D588" s="3" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E588" s="3" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="589" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A589" s="3">
+        <v>586</v>
+      </c>
+      <c r="B589" s="3" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C589" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D589" s="3" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="590" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A590" s="3">
+        <v>587</v>
+      </c>
+      <c r="B590" s="3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C590" s="3" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D590" s="3" t="s">
         <v>2115</v>
       </c>
-      <c r="D159" s="29" t="s">
-[...13 lines deleted...]
-      <c r="C160" s="19" t="s">
+      <c r="E590" s="3" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="591" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A591" s="3">
         <v>588</v>
       </c>
-      <c r="D160" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="19" t="s">
+      <c r="B591" s="3" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C591" s="3" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D591" s="3" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="592" spans="1:5" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A592" s="3">
         <v>589</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B161" s="13" t="s">
+      <c r="B592" s="3" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C592" s="3" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D592" s="3" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E592" s="3" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="593" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A593" s="3">
         <v>590</v>
       </c>
-      <c r="C161" s="13" t="s">
-[...7287 lines deleted...]
-      <c r="B591" s="27" t="s">
+      <c r="B593" s="3" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C593" s="3" t="s">
+        <v>2126</v>
+      </c>
+      <c r="D593" s="3" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E593" s="3" t="s">
         <v>2124</v>
       </c>
-      <c r="C591" s="34" t="s">
-[...170 lines deleted...]
-    <row r="609" ht="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    </row>
+    <row r="594" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A594" s="3"/>
+    </row>
   </sheetData>
-  <mergeCells count="33">
-[...32 lines deleted...]
-    <mergeCell ref="A597:A598"/>
+  <autoFilter ref="A3:E594" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <mergeCells count="2">
+    <mergeCell ref="A2:E2"/>
+    <mergeCell ref="A1:E1"/>
   </mergeCells>
-  <phoneticPr fontId="5" type="noConversion"/>
-[...30 lines deleted...]
-  </controls>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c90cde85-e04c-4fda-b7e2-ed5d949d053c" xmlns:ns3="08432408-ffd1-4399-b409-dd8b7dd2915d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="77107a606e900bc768c33982d64d53ae" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010066B7BF5ED114844FA2864FE8CA49C177" ma:contentTypeVersion="16" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="73050337ed85dcfcff1b6df6816814e3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="c90cde85-e04c-4fda-b7e2-ed5d949d053c" xmlns:ns3="08432408-ffd1-4399-b409-dd8b7dd2915d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="550a3ace0c7df5d4f7fd837eb94038e8" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="c90cde85-e04c-4fda-b7e2-ed5d949d053c"/>
     <xsd:import namespace="08432408-ffd1-4399-b409-dd8b7dd2915d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -18180,138 +17199,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="c90cde85-e04c-4fda-b7e2-ed5d949d053c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="08432408-ffd1-4399-b409-dd8b7dd2915d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E14C45F7-DFF8-4992-804C-AEF9F09A85A1}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B52F4161-24AE-401F-A76B-87909C1B68A0}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8759DD30-751C-4328-8E71-F7A4E11CA512}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B69E83B-1D09-41A4-974A-ED693FD64BE4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{214E3BE6-83BA-4615-9AFB-F952C7DC371E}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8B0EEB0-779E-4502-ABDD-236BC69F6C07}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
-[...5 lines deleted...]
-        <vt:lpstr>Named Ranges</vt:lpstr>
+        <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Firmas!Print_Titles</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Visi_komersanti</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Guntis Lībers</dc:creator>
+  <dc:creator>openpyxl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010066B7BF5ED114844FA2864FE8CA49C177</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>