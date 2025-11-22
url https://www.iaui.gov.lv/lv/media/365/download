--- v0 (2025-10-12)
+++ v1 (2025-11-22)
@@ -8,125 +8,131 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/nozares_statistika/MAJASLAPAI/2025_2/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/nozares_statistika/MAJASLAPAI/2025_3/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="207" documentId="13_ncr:1_{D4C7E2DB-41A0-490A-9BC4-74BB7432A571}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{13F9147C-9D05-4E58-AEE9-16BBCDA31CED}"/>
+  <xr:revisionPtr revIDLastSave="223" documentId="13_ncr:1_{D4C7E2DB-41A0-490A-9BC4-74BB7432A571}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B09DE67D-F564-4723-B318-547E38BEA4D1}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025_2" sheetId="4" r:id="rId1"/>
+    <sheet name="2025_3" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AC9" i="4" l="1"/>
+  <c r="AC8" i="4"/>
+  <c r="AC10" i="4"/>
+  <c r="AC7" i="4"/>
+  <c r="AC6" i="4"/>
+  <c r="AC5" i="4"/>
   <c r="AB9" i="4" l="1"/>
   <c r="AB10" i="4" s="1"/>
   <c r="AB8" i="4"/>
   <c r="AB7" i="4"/>
   <c r="AB6" i="4"/>
   <c r="AB5" i="4"/>
   <c r="D10" i="4" l="1"/>
   <c r="E10" i="4"/>
   <c r="F10" i="4"/>
   <c r="G10" i="4"/>
   <c r="H10" i="4"/>
   <c r="I10" i="4"/>
   <c r="J10" i="4"/>
   <c r="K10" i="4"/>
   <c r="L10" i="4"/>
   <c r="M10" i="4"/>
   <c r="N10" i="4"/>
   <c r="O10" i="4"/>
   <c r="P10" i="4"/>
   <c r="Q10" i="4"/>
   <c r="R10" i="4"/>
   <c r="S10" i="4"/>
   <c r="T10" i="4"/>
   <c r="U10" i="4"/>
   <c r="V10" i="4"/>
   <c r="C10" i="4"/>
   <c r="V9" i="4"/>
   <c r="G9" i="4"/>
   <c r="V8" i="4"/>
   <c r="V7" i="4"/>
   <c r="M7" i="4"/>
   <c r="V6" i="4"/>
   <c r="V5" i="4"/>
   <c r="M5" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
     <t>Neto ieņēmumi no azartspēlēm  (milj.euro)</t>
   </si>
   <si>
     <t>2019. 1.cet.</t>
   </si>
   <si>
     <t>2019.                           2.cet.</t>
   </si>
   <si>
     <t>2019.                           3.cet.</t>
   </si>
   <si>
     <t>2019.                           4.cet.</t>
   </si>
   <si>
     <t>2020. 1.cet.</t>
   </si>
   <si>
     <t>2020.
 2.cet.</t>
   </si>
   <si>
     <t>2020.
 3.cet.</t>
@@ -184,50 +190,53 @@
     <t>Neto ieņēmumi no totalizatora organizēšanas</t>
   </si>
   <si>
     <t>Interaktīvo azartspēļu neto ieņēmumi</t>
   </si>
   <si>
     <t>2023. 4.cet.</t>
   </si>
   <si>
     <t>2024. 1.cet.</t>
   </si>
   <si>
     <t>2024. 2.cet.</t>
   </si>
   <si>
     <t>2024. 3.cet.</t>
   </si>
   <si>
     <t>2024. 4. cet.</t>
   </si>
   <si>
     <t>2025. 1. cet.</t>
   </si>
   <si>
     <t>2025. 2. cet.</t>
+  </si>
+  <si>
+    <t>2025. 3. cet.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -446,89 +455,86 @@
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.13878958706268496"/>
           <c:y val="0.1236246536395252"/>
           <c:w val="0.86068743852153251"/>
           <c:h val="0.70160360674379962"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2'!$B$5</c:f>
+              <c:f>'2025_3'!$B$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no azartspēļu automātiem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="11"/>
+              <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.9314539883547156E-2"/>
                   <c:y val="-4.8502143069101042E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
-                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
@@ -542,319 +548,292 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2'!$C$4:$AB$4</c:f>
+              <c:f>'2025_3'!$G$4:$AC$4</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>2019. 1.cet.</c:v>
+                  <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2019.                           2.cet.</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="6">
                   <c:v>2021.
 3.cet.</c:v>
                 </c:pt>
+                <c:pt idx="7">
+                  <c:v>2021. 4.cet.</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2022. 1.cet.</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2022. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2022. 3.cet.</c:v>
+                </c:pt>
                 <c:pt idx="11">
-                  <c:v>2021. 4.cet.</c:v>
+                  <c:v>2022. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2022. 1.cet.</c:v>
+                  <c:v>2023. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2022. 2.cet.</c:v>
+                  <c:v>2023. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2022. 3.cet.</c:v>
+                  <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2022. 4.cet.</c:v>
+                  <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2023. 1.cet.</c:v>
+                  <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2023. 2.cet.</c:v>
+                  <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2023. 3.cet.</c:v>
+                  <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2023. 4.cet.</c:v>
+                  <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2024. 1.cet.</c:v>
+                  <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2024. 2.cet.</c:v>
+                  <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2024. 3.cet.</c:v>
-[...8 lines deleted...]
-                  <c:v>2025. 2. cet.</c:v>
+                  <c:v>2025. 3. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2'!$C$5:$AB$5</c:f>
+              <c:f>'2025_3'!$G$5:$AC$5</c:f>
               <c:numCache>
-                <c:formatCode>#\ ##0.000</c:formatCode>
-[...2 lines deleted...]
-                  <c:v>56.061999999999998</c:v>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="23"/>
+                <c:pt idx="0">
+                  <c:v>39.420999999999999</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>55.476999999999997</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5" formatCode="General">
                   <c:v>6.3109999999999999</c:v>
                 </c:pt>
-                <c:pt idx="6" formatCode="General">
+                <c:pt idx="2">
                   <c:v>35.011000000000003</c:v>
                 </c:pt>
-                <c:pt idx="7" formatCode="General">
+                <c:pt idx="3">
                   <c:v>15.045</c:v>
                 </c:pt>
-                <c:pt idx="8" formatCode="General">
+                <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="9" formatCode="General">
+                <c:pt idx="5">
                   <c:v>0.34300000000000003</c:v>
                 </c:pt>
+                <c:pt idx="6" formatCode="0.000">
+                  <c:v>12.895911999999999</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3.9390000000000001</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>12.555999999999999</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>40.107999999999997</c:v>
+                </c:pt>
                 <c:pt idx="10" formatCode="0.000">
-                  <c:v>12.895911999999999</c:v>
-[...8 lines deleted...]
-                  <c:v>40.107999999999997</c:v>
+                  <c:v>39.593265770000002</c:v>
+                </c:pt>
+                <c:pt idx="11" formatCode="0.000">
+                  <c:v>38.872</c:v>
+                </c:pt>
+                <c:pt idx="12" formatCode="0.000">
+                  <c:v>36.516047</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.000">
+                  <c:v>33.610999999999997</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.000">
-                  <c:v>39.593265770000002</c:v>
+                  <c:v>34.676000000000002</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
-                  <c:v>38.872</c:v>
+                  <c:v>34.193616799999987</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
-                  <c:v>36.516047</c:v>
+                  <c:v>31.61139335</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
-                  <c:v>33.610999999999997</c:v>
+                  <c:v>30.83776868</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
-                  <c:v>34.676000000000002</c:v>
+                  <c:v>33.613470310000004</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
-                  <c:v>34.193616799999987</c:v>
+                  <c:v>34.908213000000003</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
-                  <c:v>31.61139335</c:v>
+                  <c:v>25.660336000000001</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
-                  <c:v>30.83776868</c:v>
+                  <c:v>29.246696549999999</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
-                  <c:v>33.613470310000004</c:v>
-[...8 lines deleted...]
-                  <c:v>29.246696549999999</c:v>
+                  <c:v>30.777300910000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2'!$B$6</c:f>
+              <c:f>'2025_3'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no azartspēļu kazino galdiem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="5"/>
+              <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.4194980017925416E-2"/>
                   <c:y val="-7.0456590141440303E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
-                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
-              <c:idx val="10"/>
+              <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="3.3657434681109696E-2"/>
                   <c:y val="-6.5477893143286489E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
-                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
-              <c:idx val="11"/>
+              <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="3.1485987282328425E-2"/>
                   <c:y val="5.8202571682921249E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
-                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
@@ -868,695 +847,638 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2'!$C$4:$AB$4</c:f>
+              <c:f>'2025_3'!$G$4:$AC$4</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>2019. 1.cet.</c:v>
+                  <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2019.                           2.cet.</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="6">
                   <c:v>2021.
 3.cet.</c:v>
                 </c:pt>
+                <c:pt idx="7">
+                  <c:v>2021. 4.cet.</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2022. 1.cet.</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2022. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2022. 3.cet.</c:v>
+                </c:pt>
                 <c:pt idx="11">
-                  <c:v>2021. 4.cet.</c:v>
+                  <c:v>2022. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2022. 1.cet.</c:v>
+                  <c:v>2023. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2022. 2.cet.</c:v>
+                  <c:v>2023. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2022. 3.cet.</c:v>
+                  <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2022. 4.cet.</c:v>
+                  <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2023. 1.cet.</c:v>
+                  <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2023. 2.cet.</c:v>
+                  <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2023. 3.cet.</c:v>
+                  <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2023. 4.cet.</c:v>
+                  <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2024. 1.cet.</c:v>
+                  <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2024. 2.cet.</c:v>
+                  <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2024. 3.cet.</c:v>
-[...8 lines deleted...]
-                  <c:v>2025. 2. cet.</c:v>
+                  <c:v>2025. 3. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2'!$C$6:$AB$6</c:f>
+              <c:f>'2025_3'!$G$6:$AC$6</c:f>
               <c:numCache>
-                <c:formatCode>#\ ##0.000</c:formatCode>
-[...2 lines deleted...]
-                  <c:v>3.944</c:v>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="23"/>
+                <c:pt idx="0">
+                  <c:v>2.7850000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>4.117</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5" formatCode="General">
                   <c:v>0.251</c:v>
                 </c:pt>
-                <c:pt idx="6" formatCode="General">
+                <c:pt idx="2">
                   <c:v>1.534</c:v>
                 </c:pt>
-                <c:pt idx="7" formatCode="General">
+                <c:pt idx="3">
                   <c:v>0.753</c:v>
                 </c:pt>
-                <c:pt idx="8" formatCode="General">
+                <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="9" formatCode="General">
+                <c:pt idx="5">
                   <c:v>8.5000000000000006E-2</c:v>
                 </c:pt>
+                <c:pt idx="6" formatCode="0.000">
+                  <c:v>1.264</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.22</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0.69399999999999995</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2.5049999999999999</c:v>
+                </c:pt>
                 <c:pt idx="10" formatCode="0.000">
-                  <c:v>1.264</c:v>
-[...10 lines deleted...]
-                <c:pt idx="14" formatCode="0.000">
                   <c:v>2.5137420000000001</c:v>
                 </c:pt>
+                <c:pt idx="11" formatCode="0.000">
+                  <c:v>2.488</c:v>
+                </c:pt>
+                <c:pt idx="12" formatCode="0.000">
+                  <c:v>2.4635739999999999</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>2.383</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>3.5310000000000001</c:v>
+                </c:pt>
                 <c:pt idx="15" formatCode="0.000">
-                  <c:v>2.488</c:v>
+                  <c:v>2.702262999999999</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
-                  <c:v>2.4635739999999999</c:v>
-[...5 lines deleted...]
-                  <c:v>3.5310000000000001</c:v>
+                  <c:v>2.3485360000000002</c:v>
+                </c:pt>
+                <c:pt idx="17" formatCode="0.000">
+                  <c:v>3.0183610000000001</c:v>
+                </c:pt>
+                <c:pt idx="18" formatCode="0.000">
+                  <c:v>3.5857670000000001</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
-                  <c:v>2.702262999999999</c:v>
+                  <c:v>3.3003260000000001</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
-                  <c:v>2.3485360000000002</c:v>
+                  <c:v>2.1527259999999999</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
-                  <c:v>3.0183610000000001</c:v>
+                  <c:v>2.5330940000000002</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
-                  <c:v>3.5857670000000001</c:v>
-[...8 lines deleted...]
-                  <c:v>2.5330940000000002</c:v>
+                  <c:v>3.6936849999999999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2'!$B$7</c:f>
+              <c:f>'2025_3'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no bingo spēles organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2'!$C$4:$AB$4</c:f>
+              <c:f>'2025_3'!$G$4:$AC$4</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>2019. 1.cet.</c:v>
+                  <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2019.                           2.cet.</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="6">
                   <c:v>2021.
 3.cet.</c:v>
                 </c:pt>
+                <c:pt idx="7">
+                  <c:v>2021. 4.cet.</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2022. 1.cet.</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2022. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2022. 3.cet.</c:v>
+                </c:pt>
                 <c:pt idx="11">
-                  <c:v>2021. 4.cet.</c:v>
+                  <c:v>2022. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2022. 1.cet.</c:v>
+                  <c:v>2023. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2022. 2.cet.</c:v>
+                  <c:v>2023. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2022. 3.cet.</c:v>
+                  <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2022. 4.cet.</c:v>
+                  <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2023. 1.cet.</c:v>
+                  <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2023. 2.cet.</c:v>
+                  <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2023. 3.cet.</c:v>
+                  <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2023. 4.cet.</c:v>
+                  <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2024. 1.cet.</c:v>
+                  <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2024. 2.cet.</c:v>
+                  <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2024. 3.cet.</c:v>
-[...8 lines deleted...]
-                  <c:v>2025. 2. cet.</c:v>
+                  <c:v>2025. 3. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2'!$C$7:$AB$7</c:f>
+              <c:f>'2025_3'!$G$7:$AC$7</c:f>
               <c:numCache>
-                <c:formatCode>#\ ##0.000</c:formatCode>
-[...2 lines deleted...]
-                  <c:v>7.2999999999999995E-2</c:v>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="23"/>
+                <c:pt idx="0">
+                  <c:v>5.6000000000000001E-2</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.05</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5" formatCode="General">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="6" formatCode="General">
+                <c:pt idx="2">
                   <c:v>4.1000000000000002E-2</c:v>
                 </c:pt>
-                <c:pt idx="7" formatCode="General">
+                <c:pt idx="3">
                   <c:v>2.4E-2</c:v>
                 </c:pt>
-                <c:pt idx="8" formatCode="General">
+                <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="9" formatCode="General">
+                <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
+                <c:pt idx="6" formatCode="0.000">
+                  <c:v>6.6220000000000003E-3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>-8.9999999999999993E-3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3.0000000000000001E-3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.02</c:v>
+                </c:pt>
                 <c:pt idx="10" formatCode="0.000">
-                  <c:v>6.6220000000000003E-3</c:v>
-[...8 lines deleted...]
-                  <c:v>0.02</c:v>
+                  <c:v>2.3695000000000001E-2</c:v>
+                </c:pt>
+                <c:pt idx="11" formatCode="0.000">
+                  <c:v>3.3000000000000002E-2</c:v>
+                </c:pt>
+                <c:pt idx="12" formatCode="0.000">
+                  <c:v>2.9673000000000001E-2</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.000">
+                  <c:v>2.5000000000000001E-2</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.000">
-                  <c:v>2.3695000000000001E-2</c:v>
+                  <c:v>2.1999999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
-                  <c:v>3.3000000000000002E-2</c:v>
+                  <c:v>2.4605000000000012E-2</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
-                  <c:v>2.9673000000000001E-2</c:v>
+                  <c:v>2.5159999999999998E-2</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
-                  <c:v>2.5000000000000001E-2</c:v>
+                  <c:v>2.3591999999999998E-2</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
-                  <c:v>2.1999999999999999E-2</c:v>
+                  <c:v>2.5850999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
-                  <c:v>2.4605000000000012E-2</c:v>
+                  <c:v>2.2492999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
-                  <c:v>2.5159999999999998E-2</c:v>
+                  <c:v>1.9678999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
-                  <c:v>2.3591999999999998E-2</c:v>
+                  <c:v>2.3666E-2</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
-                  <c:v>2.5850999999999999E-2</c:v>
-[...8 lines deleted...]
-                  <c:v>2.3666E-2</c:v>
+                  <c:v>1.9269999999999999E-2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2'!$B$8</c:f>
+              <c:f>'2025_3'!$B$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no totalizatora organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2'!$C$4:$AB$4</c:f>
+              <c:f>'2025_3'!$G$4:$AC$4</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>2019. 1.cet.</c:v>
+                  <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2019.                           2.cet.</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="6">
                   <c:v>2021.
 3.cet.</c:v>
                 </c:pt>
+                <c:pt idx="7">
+                  <c:v>2021. 4.cet.</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2022. 1.cet.</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2022. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2022. 3.cet.</c:v>
+                </c:pt>
                 <c:pt idx="11">
-                  <c:v>2021. 4.cet.</c:v>
+                  <c:v>2022. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2022. 1.cet.</c:v>
+                  <c:v>2023. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2022. 2.cet.</c:v>
+                  <c:v>2023. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2022. 3.cet.</c:v>
+                  <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2022. 4.cet.</c:v>
+                  <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2023. 1.cet.</c:v>
+                  <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2023. 2.cet.</c:v>
+                  <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2023. 3.cet.</c:v>
+                  <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2023. 4.cet.</c:v>
+                  <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2024. 1.cet.</c:v>
+                  <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2024. 2.cet.</c:v>
+                  <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2024. 3.cet.</c:v>
-[...8 lines deleted...]
-                  <c:v>2025. 2. cet.</c:v>
+                  <c:v>2025. 3. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2'!$C$8:$AB$8</c:f>
+              <c:f>'2025_3'!$G$8:$AC$8</c:f>
               <c:numCache>
-                <c:formatCode>#\ ##0.000</c:formatCode>
-[...2 lines deleted...]
-                  <c:v>0.84899999999999998</c:v>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="23"/>
+                <c:pt idx="0">
+                  <c:v>0.57299999999999995</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.73799999999999999</c:v>
-[...7 lines deleted...]
-                <c:pt idx="4" formatCode="General">
+                  <c:v>0.111</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>0.57299999999999995</c:v>
                 </c:pt>
-                <c:pt idx="5" formatCode="General">
-[...5 lines deleted...]
-                <c:pt idx="7" formatCode="General">
+                <c:pt idx="3">
                   <c:v>0.30399999999999999</c:v>
                 </c:pt>
-                <c:pt idx="8" formatCode="General">
+                <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="9" formatCode="General">
+                <c:pt idx="5">
                   <c:v>1.4999999999999999E-2</c:v>
                 </c:pt>
+                <c:pt idx="6" formatCode="0.000">
+                  <c:v>0.108</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0.122</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0.13100000000000001</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>0.42399999999999999</c:v>
+                </c:pt>
                 <c:pt idx="10" formatCode="0.000">
-                  <c:v>0.108</c:v>
-[...8 lines deleted...]
-                  <c:v>0.42399999999999999</c:v>
+                  <c:v>0.38871</c:v>
+                </c:pt>
+                <c:pt idx="11" formatCode="0.000">
+                  <c:v>0.434</c:v>
+                </c:pt>
+                <c:pt idx="12" formatCode="0.000">
+                  <c:v>0.52728681999999993</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.000">
+                  <c:v>0.39800000000000002</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.000">
-                  <c:v>0.38871</c:v>
+                  <c:v>0.38</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
-                  <c:v>0.434</c:v>
+                  <c:v>0.36380587999999991</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
-                  <c:v>0.52728681999999993</c:v>
+                  <c:v>0.62306488000000004</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
-                  <c:v>0.39800000000000002</c:v>
+                  <c:v>0.68786099999999994</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
-                  <c:v>0.38</c:v>
+                  <c:v>0.23627160999999999</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
-                  <c:v>0.36380587999999991</c:v>
+                  <c:v>0.66474880000000003</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
-                  <c:v>0.62306488000000004</c:v>
+                  <c:v>0.63868800000000003</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
-                  <c:v>0.68786099999999994</c:v>
+                  <c:v>0.49584511999999997</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
-                  <c:v>0.23627160999999999</c:v>
-[...8 lines deleted...]
-                  <c:v>0.49584511999999997</c:v>
+                  <c:v>0.52619566000000007</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000009-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2'!$B$9</c:f>
+              <c:f>'2025_3'!$B$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Interaktīvo azartspēļu neto ieņēmumi</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="5"/>
+              <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
                   <c:y val="-9.1593567183872279E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
-                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-[...1 lines deleted...]
-                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
@@ -1570,223 +1492,205 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2'!$C$4:$AB$4</c:f>
+              <c:f>'2025_3'!$G$4:$AC$4</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>2019. 1.cet.</c:v>
+                  <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2019.                           2.cet.</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
-                <c:pt idx="10">
+                <c:pt idx="6">
                   <c:v>2021.
 3.cet.</c:v>
                 </c:pt>
+                <c:pt idx="7">
+                  <c:v>2021. 4.cet.</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>2022. 1.cet.</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2022. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>2022. 3.cet.</c:v>
+                </c:pt>
                 <c:pt idx="11">
-                  <c:v>2021. 4.cet.</c:v>
+                  <c:v>2022. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2022. 1.cet.</c:v>
+                  <c:v>2023. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2022. 2.cet.</c:v>
+                  <c:v>2023. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2022. 3.cet.</c:v>
+                  <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2022. 4.cet.</c:v>
+                  <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2023. 1.cet.</c:v>
+                  <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2023. 2.cet.</c:v>
+                  <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2023. 3.cet.</c:v>
+                  <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2023. 4.cet.</c:v>
+                  <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2024. 1.cet.</c:v>
+                  <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2024. 2.cet.</c:v>
+                  <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2024. 3.cet.</c:v>
-[...8 lines deleted...]
-                  <c:v>2025. 2. cet.</c:v>
+                  <c:v>2025. 3. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2'!$C$9:$AB$9</c:f>
+              <c:f>'2025_3'!$G$9:$AC$9</c:f>
               <c:numCache>
-                <c:formatCode>#\ ##0.000</c:formatCode>
-[...2 lines deleted...]
-                  <c:v>12.382999999999999</c:v>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="23"/>
+                <c:pt idx="0">
+                  <c:v>15.848000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>12.999000000000001</c:v>
-[...10 lines deleted...]
-                <c:pt idx="5" formatCode="General">
                   <c:v>5.0679999999999996</c:v>
                 </c:pt>
-                <c:pt idx="6" formatCode="General">
+                <c:pt idx="2">
                   <c:v>15.493</c:v>
                 </c:pt>
-                <c:pt idx="7" formatCode="General">
+                <c:pt idx="3">
                   <c:v>20.445</c:v>
                 </c:pt>
-                <c:pt idx="8" formatCode="General">
+                <c:pt idx="4">
                   <c:v>25.07</c:v>
                 </c:pt>
-                <c:pt idx="9" formatCode="General">
+                <c:pt idx="5">
                   <c:v>26.39</c:v>
                 </c:pt>
+                <c:pt idx="6" formatCode="0.000">
+                  <c:v>26.538</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>31.056000000000001</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>31.382000000000001</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>28.724</c:v>
+                </c:pt>
                 <c:pt idx="10" formatCode="0.000">
-                  <c:v>26.538</c:v>
-[...8 lines deleted...]
-                  <c:v>28.724</c:v>
+                  <c:v>28.759309179999981</c:v>
+                </c:pt>
+                <c:pt idx="11" formatCode="0.000">
+                  <c:v>35.122999999999998</c:v>
+                </c:pt>
+                <c:pt idx="12" formatCode="0.000">
+                  <c:v>33.915047430000001</c:v>
+                </c:pt>
+                <c:pt idx="13" formatCode="0.000">
+                  <c:v>32.359900000000003</c:v>
                 </c:pt>
                 <c:pt idx="14" formatCode="0.000">
-                  <c:v>28.759309179999981</c:v>
+                  <c:v>33.393999999999998</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
-                  <c:v>35.122999999999998</c:v>
+                  <c:v>37.116912569999997</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
-                  <c:v>33.915047430000001</c:v>
+                  <c:v>38.32891755</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
-                  <c:v>32.359900000000003</c:v>
+                  <c:v>38.197369999999999</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
-                  <c:v>33.393999999999998</c:v>
+                  <c:v>37.2995424</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
-                  <c:v>37.116912569999997</c:v>
+                  <c:v>40.08545445</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
-                  <c:v>38.32891755</c:v>
+                  <c:v>37.922817999999999</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
-                  <c:v>38.197369999999999</c:v>
+                  <c:v>42.398000320000001</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
-                  <c:v>37.2995424</c:v>
-[...8 lines deleted...]
-                  <c:v>42.398000320000001</c:v>
+                  <c:v>42.344275250000003</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000B-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="384071280"/>
         <c:axId val="384068144"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="384071280"/>
@@ -1835,51 +1739,51 @@
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="384068144"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
-        <c:numFmt formatCode="0.000" sourceLinked="1"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
@@ -2809,86 +2713,86 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16CAE58F-AA75-4F8B-99A6-E0148E5D6592}">
-  <dimension ref="B2:AB10"/>
+  <dimension ref="B2:AC10"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B9" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="AB10" sqref="AB10"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="1"/>
     <col min="2" max="2" width="43.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.5546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.88671875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.5546875" style="1" customWidth="1"/>
     <col min="7" max="10" width="8.88671875" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.44140625" style="1" customWidth="1"/>
     <col min="12" max="12" width="10.5546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8.5546875" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.44140625" style="1" customWidth="1"/>
     <col min="15" max="16" width="8.88671875" style="1"/>
     <col min="17" max="17" width="9.5546875" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="8.88671875" style="1"/>
     <col min="20" max="20" width="9.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="22" width="9.6640625" style="1" customWidth="1"/>
     <col min="23" max="23" width="8.44140625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:28" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
     </row>
-    <row r="4" spans="2:28" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:29" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B4" s="2"/>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>8</v>
       </c>
@@ -2924,52 +2828,55 @@
       </c>
       <c r="U4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="V4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="Y4" s="9" t="s">
         <v>28</v>
       </c>
       <c r="Z4" s="9" t="s">
         <v>29</v>
       </c>
       <c r="AA4" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AB4" s="9" t="s">
         <v>31</v>
       </c>
+      <c r="AC4" s="9" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="5" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:29" x14ac:dyDescent="0.3">
       <c r="B5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="4">
         <v>56.061999999999998</v>
       </c>
       <c r="D5" s="5">
         <v>55.476999999999997</v>
       </c>
       <c r="E5" s="2">
         <v>59.581000000000003</v>
       </c>
       <c r="F5" s="2">
         <v>60.475999999999999</v>
       </c>
       <c r="G5" s="2">
         <v>39.420999999999999</v>
       </c>
       <c r="H5" s="2">
         <v>6.3109999999999999</v>
       </c>
       <c r="I5" s="2">
         <v>35.011000000000003</v>
       </c>
       <c r="J5" s="2">
@@ -3010,52 +2917,56 @@
         <v>34.676000000000002</v>
       </c>
       <c r="V5" s="4">
         <f>138.9966638-U5-T5-S5</f>
         <v>34.193616799999987</v>
       </c>
       <c r="W5" s="4">
         <v>31.61139335</v>
       </c>
       <c r="X5" s="4">
         <v>30.83776868</v>
       </c>
       <c r="Y5" s="4">
         <v>33.613470310000004</v>
       </c>
       <c r="Z5" s="4">
         <v>34.908213000000003</v>
       </c>
       <c r="AA5" s="4">
         <v>25.660336000000001</v>
       </c>
       <c r="AB5" s="4">
         <f>29246696.55/1000000</f>
         <v>29.246696549999999</v>
       </c>
+      <c r="AC5" s="4">
+        <f>30777300.91/1000000</f>
+        <v>30.777300910000001</v>
+      </c>
     </row>
-    <row r="6" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:29" x14ac:dyDescent="0.3">
       <c r="B6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="6">
         <v>3.944</v>
       </c>
       <c r="D6" s="5">
         <v>4.117</v>
       </c>
       <c r="E6" s="7">
         <v>4.62</v>
       </c>
       <c r="F6" s="7">
         <v>4.6340000000000003</v>
       </c>
       <c r="G6" s="2">
         <v>2.7850000000000001</v>
       </c>
       <c r="H6" s="2">
         <v>0.251</v>
       </c>
       <c r="I6" s="2">
         <v>1.534</v>
       </c>
       <c r="J6" s="2">
@@ -3095,52 +3006,56 @@
         <v>3.5310000000000001</v>
       </c>
       <c r="V6" s="4">
         <f>11.079837-U6-T6-S6</f>
         <v>2.702262999999999</v>
       </c>
       <c r="W6" s="4">
         <v>2.3485360000000002</v>
       </c>
       <c r="X6" s="4">
         <v>3.0183610000000001</v>
       </c>
       <c r="Y6" s="4">
         <v>3.5857670000000001</v>
       </c>
       <c r="Z6" s="4">
         <v>3.3003260000000001</v>
       </c>
       <c r="AA6" s="4">
         <v>2.1527259999999999</v>
       </c>
       <c r="AB6" s="4">
         <f>2533094/1000000</f>
         <v>2.5330940000000002</v>
       </c>
+      <c r="AC6" s="4">
+        <f>3693685/1000000</f>
+        <v>3.6936849999999999</v>
+      </c>
     </row>
-    <row r="7" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:29" x14ac:dyDescent="0.3">
       <c r="B7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="6">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="D7" s="5">
         <v>0.05</v>
       </c>
       <c r="E7" s="7">
         <v>4.7E-2</v>
       </c>
       <c r="F7" s="7">
         <v>6.2E-2</v>
       </c>
       <c r="G7" s="2">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
         <v>4.1000000000000002E-2</v>
       </c>
       <c r="J7" s="2">
@@ -3181,52 +3096,56 @@
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="V7" s="4">
         <f>0.101278-U7-T7-S7</f>
         <v>2.4605000000000012E-2</v>
       </c>
       <c r="W7" s="4">
         <v>2.5159999999999998E-2</v>
       </c>
       <c r="X7" s="4">
         <v>2.3591999999999998E-2</v>
       </c>
       <c r="Y7" s="4">
         <v>2.5850999999999999E-2</v>
       </c>
       <c r="Z7" s="4">
         <v>2.2492999999999999E-2</v>
       </c>
       <c r="AA7" s="4">
         <v>1.9678999999999999E-2</v>
       </c>
       <c r="AB7" s="4">
         <f>23666/1000000</f>
         <v>2.3666E-2</v>
       </c>
+      <c r="AC7" s="4">
+        <f>19270/1000000</f>
+        <v>1.9269999999999999E-2</v>
+      </c>
     </row>
-    <row r="8" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:29" x14ac:dyDescent="0.3">
       <c r="B8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="6">
         <v>0.84899999999999998</v>
       </c>
       <c r="D8" s="5">
         <v>0.73799999999999999</v>
       </c>
       <c r="E8" s="7">
         <v>0.75800000000000001</v>
       </c>
       <c r="F8" s="7">
         <v>0.878</v>
       </c>
       <c r="G8" s="2">
         <v>0.57299999999999995</v>
       </c>
       <c r="H8" s="2">
         <v>0.111</v>
       </c>
       <c r="I8" s="2">
         <v>0.57299999999999995</v>
       </c>
       <c r="J8" s="2">
@@ -3266,52 +3185,56 @@
         <v>0.38</v>
       </c>
       <c r="V8" s="4">
         <f>1.6690927-U8-T8-S8</f>
         <v>0.36380587999999991</v>
       </c>
       <c r="W8" s="4">
         <v>0.62306488000000004</v>
       </c>
       <c r="X8" s="4">
         <v>0.68786099999999994</v>
       </c>
       <c r="Y8" s="4">
         <v>0.23627160999999999</v>
       </c>
       <c r="Z8" s="4">
         <v>0.66474880000000003</v>
       </c>
       <c r="AA8" s="4">
         <v>0.63868800000000003</v>
       </c>
       <c r="AB8" s="4">
         <f>495845.12/1000000</f>
         <v>0.49584511999999997</v>
       </c>
+      <c r="AC8" s="4">
+        <f>526195.66/1000000</f>
+        <v>0.52619566000000007</v>
+      </c>
     </row>
-    <row r="9" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:29" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="6">
         <v>12.382999999999999</v>
       </c>
       <c r="D9" s="5">
         <v>12.999000000000001</v>
       </c>
       <c r="E9" s="7">
         <v>13.414</v>
       </c>
       <c r="F9" s="7">
         <v>15.888</v>
       </c>
       <c r="G9" s="2">
         <f>15.848</f>
         <v>15.848000000000001</v>
       </c>
       <c r="H9" s="2">
         <v>5.0679999999999996</v>
       </c>
       <c r="I9" s="2">
         <v>15.493</v>
       </c>
@@ -3352,52 +3275,56 @@
         <v>33.393999999999998</v>
       </c>
       <c r="V9" s="4">
         <f>136.78586-U9-T9-S9</f>
         <v>37.116912569999997</v>
       </c>
       <c r="W9" s="4">
         <v>38.32891755</v>
       </c>
       <c r="X9" s="4">
         <v>38.197369999999999</v>
       </c>
       <c r="Y9" s="4">
         <v>37.2995424</v>
       </c>
       <c r="Z9" s="4">
         <v>40.08545445</v>
       </c>
       <c r="AA9" s="4">
         <v>37.922817999999999</v>
       </c>
       <c r="AB9" s="4">
         <f>42398000.32/1000000</f>
         <v>42.398000320000001</v>
       </c>
+      <c r="AC9" s="4">
+        <f>42344275.25/1000000</f>
+        <v>42.344275250000003</v>
+      </c>
     </row>
-    <row r="10" spans="2:28" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:29" x14ac:dyDescent="0.3">
       <c r="C10" s="4">
         <f>SUM(C5:C9)</f>
         <v>73.310999999999993</v>
       </c>
       <c r="D10" s="4">
         <f t="shared" ref="D10:V10" si="0">SUM(D5:D9)</f>
         <v>73.380999999999986</v>
       </c>
       <c r="E10" s="4">
         <f t="shared" si="0"/>
         <v>78.42</v>
       </c>
       <c r="F10" s="4">
         <f t="shared" si="0"/>
         <v>81.938000000000002</v>
       </c>
       <c r="G10" s="4">
         <f t="shared" si="0"/>
         <v>58.683</v>
       </c>
       <c r="H10" s="4">
         <f t="shared" si="0"/>
         <v>11.741</v>
       </c>
       <c r="I10" s="4">
@@ -3450,88 +3377,105 @@
       </c>
       <c r="U10" s="4">
         <f t="shared" si="0"/>
         <v>72.003</v>
       </c>
       <c r="V10" s="4">
         <f t="shared" si="0"/>
         <v>74.40120324999998</v>
       </c>
       <c r="W10" s="4">
         <v>72.937071779999997</v>
       </c>
       <c r="X10" s="4">
         <v>72.764952679999993</v>
       </c>
       <c r="Y10" s="4">
         <v>74.760902320000028</v>
       </c>
       <c r="Z10" s="4">
         <v>78.981235249999997</v>
       </c>
       <c r="AA10" s="4">
         <v>66.394247000000007</v>
       </c>
       <c r="AB10" s="4">
-        <f t="shared" ref="AB10" si="1">SUM(AB5:AB9)</f>
+        <f t="shared" ref="AB10:AC10" si="1">SUM(AB5:AB9)</f>
         <v>74.69730199</v>
+      </c>
+      <c r="AC10" s="4">
+        <f t="shared" si="1"/>
+        <v>77.360726819999996</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="a370253f8166eb7d86ca4d946f67ece3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fe81f697f48b506490325a501c28a9b" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="92cc62ab-efdb-4b69-a713-55da12a284a5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="41070eb3-ce40-4cfb-8ed3-a08fd5310682" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="6860b70ac2a9c9e4427524740b1f932f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fda3c6ac2bb6f8933d3db3b86dfa255" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <xsd:import namespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3737,127 +3681,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEBA21ED-8F1A-448B-8469-E36CD64E1015}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CB25463-EF0C-4DF5-9910-A557DD9D7F37}">
-[...18 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3620FB7A-F063-48B3-B54C-780DA97EF5B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{095AB207-9CE3-461E-88A4-735291687CEB}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025_2</vt:lpstr>
+      <vt:lpstr>2025_3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sanda Liepiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>