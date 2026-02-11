--- v1 (2025-11-22)
+++ v2 (2026-02-11)
@@ -8,131 +8,132 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/nozares_statistika/MAJASLAPAI/2025_3/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/Azartspēļu un izložu nozares statistika dinamikā/MAJASLAPAI/2025_4/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="223" documentId="13_ncr:1_{D4C7E2DB-41A0-490A-9BC4-74BB7432A571}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B09DE67D-F564-4723-B318-547E38BEA4D1}"/>
+  <xr:revisionPtr revIDLastSave="231" documentId="13_ncr:1_{D4C7E2DB-41A0-490A-9BC4-74BB7432A571}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3FAE5F54-AA80-4993-8411-58C7A4A00D92}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1056" yWindow="312" windowWidth="18540" windowHeight="11928" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025_3" sheetId="4" r:id="rId1"/>
+    <sheet name="2025_4" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AD10" i="4" l="1"/>
   <c r="AC9" i="4" l="1"/>
   <c r="AC8" i="4"/>
   <c r="AC10" i="4"/>
   <c r="AC7" i="4"/>
   <c r="AC6" i="4"/>
   <c r="AC5" i="4"/>
   <c r="AB9" i="4" l="1"/>
   <c r="AB10" i="4" s="1"/>
   <c r="AB8" i="4"/>
   <c r="AB7" i="4"/>
   <c r="AB6" i="4"/>
   <c r="AB5" i="4"/>
   <c r="D10" i="4" l="1"/>
   <c r="E10" i="4"/>
   <c r="F10" i="4"/>
   <c r="G10" i="4"/>
   <c r="H10" i="4"/>
   <c r="I10" i="4"/>
   <c r="J10" i="4"/>
   <c r="K10" i="4"/>
   <c r="L10" i="4"/>
   <c r="M10" i="4"/>
   <c r="N10" i="4"/>
   <c r="O10" i="4"/>
   <c r="P10" i="4"/>
   <c r="Q10" i="4"/>
   <c r="R10" i="4"/>
   <c r="S10" i="4"/>
   <c r="T10" i="4"/>
   <c r="U10" i="4"/>
   <c r="V10" i="4"/>
   <c r="C10" i="4"/>
   <c r="V9" i="4"/>
   <c r="G9" i="4"/>
   <c r="V8" i="4"/>
   <c r="V7" i="4"/>
   <c r="M7" i="4"/>
   <c r="V6" i="4"/>
   <c r="V5" i="4"/>
   <c r="M5" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <si>
     <t>Neto ieņēmumi no azartspēlēm  (milj.euro)</t>
   </si>
   <si>
     <t>2019. 1.cet.</t>
   </si>
   <si>
     <t>2019.                           2.cet.</t>
   </si>
   <si>
     <t>2019.                           3.cet.</t>
   </si>
   <si>
     <t>2019.                           4.cet.</t>
   </si>
   <si>
     <t>2020. 1.cet.</t>
   </si>
   <si>
     <t>2020.
 2.cet.</t>
   </si>
   <si>
     <t>2020.
 3.cet.</t>
@@ -193,50 +194,53 @@
     <t>Interaktīvo azartspēļu neto ieņēmumi</t>
   </si>
   <si>
     <t>2023. 4.cet.</t>
   </si>
   <si>
     <t>2024. 1.cet.</t>
   </si>
   <si>
     <t>2024. 2.cet.</t>
   </si>
   <si>
     <t>2024. 3.cet.</t>
   </si>
   <si>
     <t>2024. 4. cet.</t>
   </si>
   <si>
     <t>2025. 1. cet.</t>
   </si>
   <si>
     <t>2025. 2. cet.</t>
   </si>
   <si>
     <t>2025. 3. cet.</t>
+  </si>
+  <si>
+    <t>2025. 4. cet.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -455,86 +459,89 @@
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.13878958706268496"/>
           <c:y val="0.1236246536395252"/>
           <c:w val="0.86068743852153251"/>
           <c:h val="0.70160360674379962"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3'!$B$5</c:f>
+              <c:f>'2025_4'!$B$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no azartspēļu automātiem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.9314539883547156E-2"/>
                   <c:y val="-4.8502143069101042E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-A8C5-4326-B2E7-CB571310DE1F}"/>
+                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
@@ -548,53 +555,53 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3'!$G$4:$AC$4</c:f>
+              <c:f>'2025_4'!$G$4:$AD$4</c:f>
               <c:strCache>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2021.
@@ -625,60 +632,63 @@
                   <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2025. 3. cet.</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025. 4. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3'!$G$5:$AC$5</c:f>
+              <c:f>'2025_4'!$G$5:$AD$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>39.420999999999999</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>6.3109999999999999</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>35.011000000000003</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>15.045</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.34300000000000003</c:v>
                 </c:pt>
                 <c:pt idx="6" formatCode="0.000">
                   <c:v>12.895911999999999</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3.9390000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -703,137 +713,149 @@
                   <c:v>34.676000000000002</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
                   <c:v>34.193616799999987</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
                   <c:v>31.61139335</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
                   <c:v>30.83776868</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
                   <c:v>33.613470310000004</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
                   <c:v>34.908213000000003</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
                   <c:v>25.660336000000001</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
                   <c:v>29.246696549999999</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
                   <c:v>30.777300910000001</c:v>
+                </c:pt>
+                <c:pt idx="23" formatCode="0.000">
+                  <c:v>30.153412120000002</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3'!$B$6</c:f>
+              <c:f>'2025_4'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no azartspēļu kazino galdiem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.4194980017925416E-2"/>
                   <c:y val="-7.0456590141440303E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-A8C5-4326-B2E7-CB571310DE1F}"/>
+                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="3.3657434681109696E-2"/>
                   <c:y val="-6.5477893143286489E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000002-A8C5-4326-B2E7-CB571310DE1F}"/>
+                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="3.1485987282328425E-2"/>
                   <c:y val="5.8202571682921249E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-A8C5-4326-B2E7-CB571310DE1F}"/>
+                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
@@ -847,53 +869,53 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3'!$G$4:$AC$4</c:f>
+              <c:f>'2025_4'!$G$4:$AD$4</c:f>
               <c:strCache>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2021.
@@ -924,60 +946,63 @@
                   <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2025. 3. cet.</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025. 4. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3'!$G$6:$AC$6</c:f>
+              <c:f>'2025_4'!$G$6:$AD$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2.7850000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.251</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1.534</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.753</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>8.5000000000000006E-2</c:v>
                 </c:pt>
                 <c:pt idx="6" formatCode="0.000">
                   <c:v>1.264</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.22</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1002,89 +1027,92 @@
                   <c:v>3.5310000000000001</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
                   <c:v>2.702262999999999</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
                   <c:v>2.3485360000000002</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
                   <c:v>3.0183610000000001</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
                   <c:v>3.5857670000000001</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
                   <c:v>3.3003260000000001</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
                   <c:v>2.1527259999999999</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
                   <c:v>2.5330940000000002</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
                   <c:v>3.6936849999999999</c:v>
+                </c:pt>
+                <c:pt idx="23" formatCode="0.000">
+                  <c:v>2.3991920000000002</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3'!$B$7</c:f>
+              <c:f>'2025_4'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no bingo spēles organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3'!$G$4:$AC$4</c:f>
+              <c:f>'2025_4'!$G$4:$AD$4</c:f>
               <c:strCache>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2021.
@@ -1115,60 +1143,63 @@
                   <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2025. 3. cet.</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025. 4. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3'!$G$7:$AC$7</c:f>
+              <c:f>'2025_4'!$G$7:$AD$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>5.6000000000000001E-2</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.1000000000000002E-2</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2.4E-2</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6" formatCode="0.000">
                   <c:v>6.6220000000000003E-3</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>-8.9999999999999993E-3</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1193,89 +1224,92 @@
                   <c:v>2.1999999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
                   <c:v>2.4605000000000012E-2</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
                   <c:v>2.5159999999999998E-2</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
                   <c:v>2.3591999999999998E-2</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
                   <c:v>2.5850999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
                   <c:v>2.2492999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
                   <c:v>1.9678999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
                   <c:v>2.3666E-2</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
                   <c:v>1.9269999999999999E-2</c:v>
+                </c:pt>
+                <c:pt idx="23" formatCode="0.000">
+                  <c:v>2.0584000000000002E-2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3'!$B$8</c:f>
+              <c:f>'2025_4'!$B$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto ieņēmumi no totalizatora organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3'!$G$4:$AC$4</c:f>
+              <c:f>'2025_4'!$G$4:$AD$4</c:f>
               <c:strCache>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2021.
@@ -1306,60 +1340,63 @@
                   <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2025. 3. cet.</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025. 4. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3'!$G$8:$AC$8</c:f>
+              <c:f>'2025_4'!$G$8:$AD$8</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>0.57299999999999995</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.111</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.57299999999999995</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.30399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1.4999999999999999E-2</c:v>
                 </c:pt>
                 <c:pt idx="6" formatCode="0.000">
                   <c:v>0.108</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.122</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1384,101 +1421,107 @@
                   <c:v>0.38</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
                   <c:v>0.36380587999999991</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
                   <c:v>0.62306488000000004</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
                   <c:v>0.68786099999999994</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
                   <c:v>0.23627160999999999</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
                   <c:v>0.66474880000000003</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
                   <c:v>0.63868800000000003</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
                   <c:v>0.49584511999999997</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
                   <c:v>0.52619566000000007</c:v>
+                </c:pt>
+                <c:pt idx="23" formatCode="0.000">
+                  <c:v>0.56429317000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000009-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3'!$B$9</c:f>
+              <c:f>'2025_4'!$B$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Interaktīvo azartspēļu neto ieņēmumi</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
                   <c:y val="-9.1593567183872279E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000004-A8C5-4326-B2E7-CB571310DE1F}"/>
+                </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
@@ -1492,53 +1535,53 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3'!$G$4:$AC$4</c:f>
+              <c:f>'2025_4'!$G$4:$AD$4</c:f>
               <c:strCache>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>2020. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2020.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2020.
 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2020.
 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2021.
 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2021.
 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2021.
@@ -1569,60 +1612,63 @@
                   <c:v>2023. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2024. 4. cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2025. 1. cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2025. 2. cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2025. 3. cet.</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2025. 4. cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3'!$G$9:$AC$9</c:f>
+              <c:f>'2025_4'!$G$9:$AD$9</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="23"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>15.848000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5.0679999999999996</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>15.493</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>20.445</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>25.07</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>26.39</c:v>
                 </c:pt>
                 <c:pt idx="6" formatCode="0.000">
                   <c:v>26.538</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>31.056000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1647,50 +1693,53 @@
                   <c:v>33.393999999999998</c:v>
                 </c:pt>
                 <c:pt idx="15" formatCode="0.000">
                   <c:v>37.116912569999997</c:v>
                 </c:pt>
                 <c:pt idx="16" formatCode="0.000">
                   <c:v>38.32891755</c:v>
                 </c:pt>
                 <c:pt idx="17" formatCode="0.000">
                   <c:v>38.197369999999999</c:v>
                 </c:pt>
                 <c:pt idx="18" formatCode="0.000">
                   <c:v>37.2995424</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.000">
                   <c:v>40.08545445</c:v>
                 </c:pt>
                 <c:pt idx="20" formatCode="0.000">
                   <c:v>37.922817999999999</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.000">
                   <c:v>42.398000320000001</c:v>
                 </c:pt>
                 <c:pt idx="22" formatCode="0.000">
                   <c:v>42.344275250000003</c:v>
+                </c:pt>
+                <c:pt idx="23" formatCode="0.000">
+                  <c:v>48.007833409999996</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000B-E673-443F-92E7-5B2426DB0005}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="384071280"/>
         <c:axId val="384068144"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="384071280"/>
@@ -2713,86 +2762,86 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16CAE58F-AA75-4F8B-99A6-E0148E5D6592}">
-  <dimension ref="B2:AC10"/>
+  <dimension ref="B2:AD10"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="AD5" sqref="AD5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="1"/>
     <col min="2" max="2" width="43.44140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.5546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.88671875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.5546875" style="1" customWidth="1"/>
     <col min="7" max="10" width="8.88671875" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.44140625" style="1" customWidth="1"/>
     <col min="12" max="12" width="10.5546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="8.5546875" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.44140625" style="1" customWidth="1"/>
     <col min="15" max="16" width="8.88671875" style="1"/>
     <col min="17" max="17" width="9.5546875" style="1" bestFit="1" customWidth="1"/>
     <col min="18" max="19" width="8.88671875" style="1"/>
     <col min="20" max="20" width="9.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="21" max="22" width="9.6640625" style="1" customWidth="1"/>
     <col min="23" max="23" width="8.44140625" style="1" customWidth="1"/>
     <col min="24" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:29" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" s="10" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
     </row>
-    <row r="4" spans="2:29" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:30" ht="28.8" x14ac:dyDescent="0.3">
       <c r="B4" s="2"/>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>8</v>
       </c>
@@ -2831,52 +2880,55 @@
       </c>
       <c r="V4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="X4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="Y4" s="9" t="s">
         <v>28</v>
       </c>
       <c r="Z4" s="9" t="s">
         <v>29</v>
       </c>
       <c r="AA4" s="9" t="s">
         <v>30</v>
       </c>
       <c r="AB4" s="9" t="s">
         <v>31</v>
       </c>
       <c r="AC4" s="9" t="s">
         <v>32</v>
       </c>
+      <c r="AD4" s="9" t="s">
+        <v>33</v>
+      </c>
     </row>
-    <row r="5" spans="2:29" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="4">
         <v>56.061999999999998</v>
       </c>
       <c r="D5" s="5">
         <v>55.476999999999997</v>
       </c>
       <c r="E5" s="2">
         <v>59.581000000000003</v>
       </c>
       <c r="F5" s="2">
         <v>60.475999999999999</v>
       </c>
       <c r="G5" s="2">
         <v>39.420999999999999</v>
       </c>
       <c r="H5" s="2">
         <v>6.3109999999999999</v>
       </c>
       <c r="I5" s="2">
         <v>35.011000000000003</v>
       </c>
       <c r="J5" s="2">
@@ -2921,52 +2973,55 @@
         <v>34.193616799999987</v>
       </c>
       <c r="W5" s="4">
         <v>31.61139335</v>
       </c>
       <c r="X5" s="4">
         <v>30.83776868</v>
       </c>
       <c r="Y5" s="4">
         <v>33.613470310000004</v>
       </c>
       <c r="Z5" s="4">
         <v>34.908213000000003</v>
       </c>
       <c r="AA5" s="4">
         <v>25.660336000000001</v>
       </c>
       <c r="AB5" s="4">
         <f>29246696.55/1000000</f>
         <v>29.246696549999999</v>
       </c>
       <c r="AC5" s="4">
         <f>30777300.91/1000000</f>
         <v>30.777300910000001</v>
       </c>
+      <c r="AD5" s="4">
+        <v>30.153412120000002</v>
+      </c>
     </row>
-    <row r="6" spans="2:29" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="6">
         <v>3.944</v>
       </c>
       <c r="D6" s="5">
         <v>4.117</v>
       </c>
       <c r="E6" s="7">
         <v>4.62</v>
       </c>
       <c r="F6" s="7">
         <v>4.6340000000000003</v>
       </c>
       <c r="G6" s="2">
         <v>2.7850000000000001</v>
       </c>
       <c r="H6" s="2">
         <v>0.251</v>
       </c>
       <c r="I6" s="2">
         <v>1.534</v>
       </c>
       <c r="J6" s="2">
@@ -3010,52 +3065,55 @@
         <v>2.702262999999999</v>
       </c>
       <c r="W6" s="4">
         <v>2.3485360000000002</v>
       </c>
       <c r="X6" s="4">
         <v>3.0183610000000001</v>
       </c>
       <c r="Y6" s="4">
         <v>3.5857670000000001</v>
       </c>
       <c r="Z6" s="4">
         <v>3.3003260000000001</v>
       </c>
       <c r="AA6" s="4">
         <v>2.1527259999999999</v>
       </c>
       <c r="AB6" s="4">
         <f>2533094/1000000</f>
         <v>2.5330940000000002</v>
       </c>
       <c r="AC6" s="4">
         <f>3693685/1000000</f>
         <v>3.6936849999999999</v>
       </c>
+      <c r="AD6" s="4">
+        <v>2.3991920000000002</v>
+      </c>
     </row>
-    <row r="7" spans="2:29" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B7" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="6">
         <v>7.2999999999999995E-2</v>
       </c>
       <c r="D7" s="5">
         <v>0.05</v>
       </c>
       <c r="E7" s="7">
         <v>4.7E-2</v>
       </c>
       <c r="F7" s="7">
         <v>6.2E-2</v>
       </c>
       <c r="G7" s="2">
         <v>5.6000000000000001E-2</v>
       </c>
       <c r="H7" s="2">
         <v>0</v>
       </c>
       <c r="I7" s="2">
         <v>4.1000000000000002E-2</v>
       </c>
       <c r="J7" s="2">
@@ -3100,52 +3158,55 @@
         <v>2.4605000000000012E-2</v>
       </c>
       <c r="W7" s="4">
         <v>2.5159999999999998E-2</v>
       </c>
       <c r="X7" s="4">
         <v>2.3591999999999998E-2</v>
       </c>
       <c r="Y7" s="4">
         <v>2.5850999999999999E-2</v>
       </c>
       <c r="Z7" s="4">
         <v>2.2492999999999999E-2</v>
       </c>
       <c r="AA7" s="4">
         <v>1.9678999999999999E-2</v>
       </c>
       <c r="AB7" s="4">
         <f>23666/1000000</f>
         <v>2.3666E-2</v>
       </c>
       <c r="AC7" s="4">
         <f>19270/1000000</f>
         <v>1.9269999999999999E-2</v>
       </c>
+      <c r="AD7" s="4">
+        <v>2.0584000000000002E-2</v>
+      </c>
     </row>
-    <row r="8" spans="2:29" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="6">
         <v>0.84899999999999998</v>
       </c>
       <c r="D8" s="5">
         <v>0.73799999999999999</v>
       </c>
       <c r="E8" s="7">
         <v>0.75800000000000001</v>
       </c>
       <c r="F8" s="7">
         <v>0.878</v>
       </c>
       <c r="G8" s="2">
         <v>0.57299999999999995</v>
       </c>
       <c r="H8" s="2">
         <v>0.111</v>
       </c>
       <c r="I8" s="2">
         <v>0.57299999999999995</v>
       </c>
       <c r="J8" s="2">
@@ -3189,52 +3250,55 @@
         <v>0.36380587999999991</v>
       </c>
       <c r="W8" s="4">
         <v>0.62306488000000004</v>
       </c>
       <c r="X8" s="4">
         <v>0.68786099999999994</v>
       </c>
       <c r="Y8" s="4">
         <v>0.23627160999999999</v>
       </c>
       <c r="Z8" s="4">
         <v>0.66474880000000003</v>
       </c>
       <c r="AA8" s="4">
         <v>0.63868800000000003</v>
       </c>
       <c r="AB8" s="4">
         <f>495845.12/1000000</f>
         <v>0.49584511999999997</v>
       </c>
       <c r="AC8" s="4">
         <f>526195.66/1000000</f>
         <v>0.52619566000000007</v>
       </c>
+      <c r="AD8" s="4">
+        <v>0.56429317000000001</v>
+      </c>
     </row>
-    <row r="9" spans="2:29" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:30" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="6">
         <v>12.382999999999999</v>
       </c>
       <c r="D9" s="5">
         <v>12.999000000000001</v>
       </c>
       <c r="E9" s="7">
         <v>13.414</v>
       </c>
       <c r="F9" s="7">
         <v>15.888</v>
       </c>
       <c r="G9" s="2">
         <f>15.848</f>
         <v>15.848000000000001</v>
       </c>
       <c r="H9" s="2">
         <v>5.0679999999999996</v>
       </c>
       <c r="I9" s="2">
         <v>15.493</v>
       </c>
@@ -3279,52 +3343,55 @@
         <v>37.116912569999997</v>
       </c>
       <c r="W9" s="4">
         <v>38.32891755</v>
       </c>
       <c r="X9" s="4">
         <v>38.197369999999999</v>
       </c>
       <c r="Y9" s="4">
         <v>37.2995424</v>
       </c>
       <c r="Z9" s="4">
         <v>40.08545445</v>
       </c>
       <c r="AA9" s="4">
         <v>37.922817999999999</v>
       </c>
       <c r="AB9" s="4">
         <f>42398000.32/1000000</f>
         <v>42.398000320000001</v>
       </c>
       <c r="AC9" s="4">
         <f>42344275.25/1000000</f>
         <v>42.344275250000003</v>
       </c>
+      <c r="AD9" s="4">
+        <v>48.007833409999996</v>
+      </c>
     </row>
-    <row r="10" spans="2:29" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:30" x14ac:dyDescent="0.3">
       <c r="C10" s="4">
         <f>SUM(C5:C9)</f>
         <v>73.310999999999993</v>
       </c>
       <c r="D10" s="4">
         <f t="shared" ref="D10:V10" si="0">SUM(D5:D9)</f>
         <v>73.380999999999986</v>
       </c>
       <c r="E10" s="4">
         <f t="shared" si="0"/>
         <v>78.42</v>
       </c>
       <c r="F10" s="4">
         <f t="shared" si="0"/>
         <v>81.938000000000002</v>
       </c>
       <c r="G10" s="4">
         <f t="shared" si="0"/>
         <v>58.683</v>
       </c>
       <c r="H10" s="4">
         <f t="shared" si="0"/>
         <v>11.741</v>
       </c>
       <c r="I10" s="4">
@@ -3377,105 +3444,87 @@
       </c>
       <c r="U10" s="4">
         <f t="shared" si="0"/>
         <v>72.003</v>
       </c>
       <c r="V10" s="4">
         <f t="shared" si="0"/>
         <v>74.40120324999998</v>
       </c>
       <c r="W10" s="4">
         <v>72.937071779999997</v>
       </c>
       <c r="X10" s="4">
         <v>72.764952679999993</v>
       </c>
       <c r="Y10" s="4">
         <v>74.760902320000028</v>
       </c>
       <c r="Z10" s="4">
         <v>78.981235249999997</v>
       </c>
       <c r="AA10" s="4">
         <v>66.394247000000007</v>
       </c>
       <c r="AB10" s="4">
-        <f t="shared" ref="AB10:AC10" si="1">SUM(AB5:AB9)</f>
+        <f t="shared" ref="AB10:AD10" si="1">SUM(AB5:AB9)</f>
         <v>74.69730199</v>
       </c>
       <c r="AC10" s="4">
         <f t="shared" si="1"/>
         <v>77.360726819999996</v>
+      </c>
+      <c r="AD10" s="4">
+        <f t="shared" si="1"/>
+        <v>81.1453147</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fda3c6ac2bb6f8933d3db3b86dfa255" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="9337628ad92174a5c0a7a0e052eeb06a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8449f9dab336bf1953def6f04171b18a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <xsd:import namespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3681,98 +3730,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="92cc62ab-efdb-4b69-a713-55da12a284a5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="41070eb3-ce40-4cfb-8ed3-a08fd5310682" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEBA21ED-8F1A-448B-8469-E36CD64E1015}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB021A73-F18E-40D7-8EE0-5830B94CBCF6}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3620FB7A-F063-48B3-B54C-780DA97EF5B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{095AB207-9CE3-461E-88A4-735291687CEB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEBA21ED-8F1A-448B-8469-E36CD64E1015}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025_3</vt:lpstr>
+      <vt:lpstr>2025_4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sanda Liepiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>