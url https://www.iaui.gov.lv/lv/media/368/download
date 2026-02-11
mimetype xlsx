--- v0 (2025-10-12)
+++ v1 (2026-02-11)
@@ -8,86 +8,87 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/nozares_statistika/MAJASLAPAI/2024_4/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/Azartspēļu un izložu nozares statistika dinamikā/MAJASLAPAI/2025_4/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="74" documentId="8_{101C1AD6-A972-41D6-AAA1-67305DFFFF9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{451EB9B3-A801-4E1A-8CF3-2B30B4A17C0A}"/>
+  <xr:revisionPtr revIDLastSave="97" documentId="8_{101C1AD6-A972-41D6-AAA1-67305DFFFF9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{41421178-18E8-4A73-AC11-06F2539B07E2}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1728" yWindow="528" windowWidth="18540" windowHeight="11928" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2007-2024" sheetId="4" r:id="rId1"/>
+    <sheet name="2007-2025" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="T9" i="4" l="1"/>
+  <c r="U11" i="4" l="1"/>
+  <c r="T9" i="4"/>
   <c r="T8" i="4"/>
   <c r="T7" i="4"/>
   <c r="T6" i="4"/>
   <c r="T5" i="4"/>
   <c r="T11" i="4" l="1"/>
   <c r="S9" i="4"/>
   <c r="S8" i="4"/>
   <c r="S7" i="4"/>
   <c r="S6" i="4"/>
   <c r="S5" i="4"/>
   <c r="R11" i="4"/>
   <c r="Q9" i="4"/>
   <c r="R9" i="4"/>
   <c r="Q8" i="4"/>
   <c r="R8" i="4"/>
   <c r="R7" i="4"/>
   <c r="Q7" i="4"/>
   <c r="Q6" i="4"/>
   <c r="R6" i="4"/>
   <c r="R5" i="4"/>
   <c r="Q5" i="4"/>
   <c r="S11" i="4" l="1"/>
   <c r="Q11" i="4"/>
   <c r="P6" i="4"/>
   <c r="P8" i="4"/>
@@ -120,51 +121,51 @@
   <c r="E7" i="4"/>
   <c r="D7" i="4"/>
   <c r="C7" i="4"/>
   <c r="H6" i="4"/>
   <c r="G6" i="4"/>
   <c r="F6" i="4"/>
   <c r="E6" i="4"/>
   <c r="D6" i="4"/>
   <c r="C6" i="4"/>
   <c r="H5" i="4"/>
   <c r="G5" i="4"/>
   <c r="F5" i="4"/>
   <c r="E5" i="4"/>
   <c r="D5" i="4"/>
   <c r="C5" i="4"/>
   <c r="C11" i="4" l="1"/>
   <c r="D11" i="4"/>
   <c r="F11" i="4"/>
   <c r="H11" i="4"/>
   <c r="E11" i="4"/>
   <c r="G11" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t>2008.</t>
   </si>
   <si>
     <t>2009.</t>
   </si>
   <si>
     <t>2010.</t>
   </si>
   <si>
     <t>2011.</t>
   </si>
   <si>
     <t>2012.</t>
   </si>
   <si>
     <t>2013.</t>
   </si>
   <si>
     <t>2014.</t>
   </si>
   <si>
     <t>2015.</t>
   </si>
   <si>
@@ -203,51 +204,54 @@
   <si>
     <t>Ieņēmumi no azartspēļu organizēšanas</t>
   </si>
   <si>
     <t>interaktīvo azartspēļu  ieņēmumi</t>
   </si>
   <si>
     <t>2019.</t>
   </si>
   <si>
     <t>2020.</t>
   </si>
   <si>
     <t>2021.</t>
   </si>
   <si>
     <t>2022.</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
-    <t>Neto ieņēmumi no azartspēlēm  2007.-2024.gadam (milj.euro)</t>
+    <t>Neto ieņēmumi no azartspēlēm  2007.-2025.g. (milj.euro)</t>
+  </si>
+  <si>
+    <t>2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.000"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -598,74 +602,74 @@
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.19914266563037838"/>
           <c:y val="0.1082505204090868"/>
           <c:w val="0.7811517879659795"/>
           <c:h val="0.62456914150099052"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$5</c:f>
+              <c:f>'2007-2025'!$B$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v> ieņēmumi no azartspēļu automātiem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -675,60 +679,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$5:$T$5</c:f>
+              <c:f>'2007-2025'!$C$5:$U$5</c:f>
               <c:numCache>
                 <c:formatCode>#\ ##0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0" formatCode="0.000">
                   <c:v>214.26884309138822</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>184.51374778743434</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>101.20460327488175</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>100.76209014177495</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>118.25060756626314</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>134.82564128832504</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>142.04499999999999</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>152.50200000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -738,89 +745,92 @@
                   <c:v>182.06</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>199.75200000000001</c:v>
                 </c:pt>
                 <c:pt idx="11" formatCode="General">
                   <c:v>216.923</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>231.596</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>95.788250000000005</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>17.177997000000001</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>131.12947890000001</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>138.99666400000001</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>130.97084551</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>115.83774575</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$6</c:f>
+              <c:f>'2007-2025'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v> ieņēmumi no azartspēļu kazino galdiem</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -830,60 +840,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$6:$T$6</c:f>
+              <c:f>'2007-2025'!$C$6:$U$6</c:f>
               <c:numCache>
                 <c:formatCode>#\ ##0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0" formatCode="0.000">
                   <c:v>21.249167619990779</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>17.482825937245664</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>9.9657941616723864</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>9.7295974411073356</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>10.890660838583731</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>11.993386491824179</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>11.574</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>12.657</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -893,89 +906,92 @@
                   <c:v>16.009</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>17.908999999999999</c:v>
                 </c:pt>
                 <c:pt idx="11" formatCode="General">
                   <c:v>16.649000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>17.315000000000001</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>5.3226360000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>1.5693195</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>8.2008980000000005</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>11.079836999999999</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>12.25299</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>10.778696999999999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$7</c:f>
+              <c:f>'2007-2025'!$B$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>ieņēmumi no bingo spēles organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -985,60 +1001,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$7:$T$7</c:f>
+              <c:f>'2007-2025'!$C$7:$U$7</c:f>
               <c:numCache>
                 <c:formatCode>#\ ##0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0" formatCode="0.000">
                   <c:v>1.9208769443543294</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1.7857041223442096</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.9462097540708363</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0.70716728988451971</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.71712739255894964</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.46385621026630469</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0.34300000000000003</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0.374</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1048,89 +1067,92 @@
                   <c:v>0.33300000000000002</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0.28299999999999997</c:v>
                 </c:pt>
                 <c:pt idx="11" formatCode="General">
                   <c:v>0.215</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0.23200000000000001</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>0.121255</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>-2.4060000000000002E-3</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>7.9693E-2</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>0.10127800000000001</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>9.7096000000000002E-2</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>8.3198999999999995E-2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$8</c:f>
+              <c:f>'2007-2025'!$B$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v> ieņēmumi no totalizatora organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1140,60 +1162,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$8:$T$8</c:f>
+              <c:f>'2007-2025'!$C$8:$U$8</c:f>
               <c:numCache>
                 <c:formatCode>#\ ##0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0" formatCode="0.000">
                   <c:v>11.74865254039533</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>14.467760570514681</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1.1425660639381678</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1.4812095548687827</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2.0603183817963471</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2.9368074171461744</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>1.504</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1.5980000000000001</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1203,89 +1228,92 @@
                   <c:v>2.125</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2.387</c:v>
                 </c:pt>
                 <c:pt idx="11" formatCode="General">
                   <c:v>2.7589999999999999</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>3.2229999999999999</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>1.5610660000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>0.24491599999999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>1.3771929999999999</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>1.6690929999999999</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2.2119461199999999</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2.22502238</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$9</c:f>
+              <c:f>'2007-2025'!$B$9</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>interaktīvo azartspēļu  ieņēmumi</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1295,60 +1323,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$9:$T$9</c:f>
+              <c:f>'2007-2025'!$C$9:$U$9</c:f>
               <c:numCache>
                 <c:formatCode>#\ ##0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0" formatCode="0.000">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2.097</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>5.7569999999999997</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1358,91 +1389,94 @@
                   <c:v>18.32</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>28.288</c:v>
                 </c:pt>
                 <c:pt idx="11" formatCode="General">
                   <c:v>41.155000000000001</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>54.683999999999997</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>56.854255999999999</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>109.054058</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>123.98770534000001</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>136.78586000000001</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>153.91128409999999</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>170.65474831999998</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$10</c:f>
+              <c:f>'2007-2025'!$B$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v> ieņēmumi no veiksmes spēles pa tālruni</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1">
                 <a:lumMod val="60000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1452,60 +1486,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$10:$T$10</c:f>
+              <c:f>'2007-2025'!$C$10:$U$10</c:f>
               <c:numCache>
                 <c:formatCode>#\ ##0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0" formatCode="0.000">
                   <c:v>0.89356349707742133</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2.1584965367300128</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>4.3127244580281276</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1.2023266799847467</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0.47950780018326594</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>0.11382974485062693</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1514,108 +1551,111 @@
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11" formatCode="0.000">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="17">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="236631968"/>
         <c:axId val="236633144"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2007-2024'!$B$11</c:f>
+              <c:f>'2007-2025'!$B$11</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Ieņēmumi no azartspēļu organizēšanas</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="22225" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:strRef>
-              <c:f>'2007-2024'!$C$4:$T$4</c:f>
+              <c:f>'2007-2025'!$C$4:$U$4</c:f>
               <c:strCache>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>2007.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2008.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2009.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2010.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2011.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2012.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2013.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2014.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1625,60 +1665,63 @@
                   <c:v>2016.</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>2017.</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>2018.</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>2019.</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>2020.</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2021.</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2022.</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2023.</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2024.</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>2025.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2007-2024'!$C$11:$T$11</c:f>
+              <c:f>'2007-2025'!$C$11:$U$11</c:f>
               <c:numCache>
                 <c:formatCode>0.000</c:formatCode>
-                <c:ptCount val="18"/>
+                <c:ptCount val="19"/>
                 <c:pt idx="0">
                   <c:v>250.08110369320607</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>220.4085349542689</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>117.57189771259127</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>113.88239110762034</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>132.39822197938543</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>150.33352115241232</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>157.56299999999999</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>172.88800000000003</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -1688,50 +1731,53 @@
                   <c:v>218.84700000000001</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>248.619</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>277.70100000000002</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>307.05</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>159.64746300000002</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>128.04388449999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>264.77496824000002</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>288.63273200000003</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>299.44416173000002</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>299.57941244999995</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-B8EF-4D68-A3F9-A28127FC88A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="236631968"/>
         <c:axId val="236633144"/>
       </c:lineChart>
       <c:catAx>
@@ -2550,58 +2596,58 @@
         <a:fgClr>
           <a:schemeClr val="dk1">
             <a:lumMod val="15000"/>
             <a:lumOff val="85000"/>
           </a:schemeClr>
         </a:fgClr>
         <a:bgClr>
           <a:schemeClr val="lt1"/>
         </a:bgClr>
       </a:pattFill>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>586919</xdr:colOff>
-      <xdr:row>1</xdr:row>
-      <xdr:rowOff>32657</xdr:rowOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>174171</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>21772</xdr:colOff>
-      <xdr:row>28</xdr:row>
-      <xdr:rowOff>119743</xdr:rowOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>163286</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
@@ -2854,81 +2900,81 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:T39"/>
+  <dimension ref="B2:U39"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="R33" sqref="R33"/>
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="43.33203125" customWidth="1"/>
     <col min="3" max="3" width="12.109375" customWidth="1"/>
     <col min="4" max="4" width="9.88671875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.5546875" customWidth="1"/>
     <col min="8" max="12" width="9.88671875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="9.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:21" x14ac:dyDescent="0.3">
       <c r="C2" s="19" t="s">
         <v>27</v>
       </c>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
       <c r="F2" s="19"/>
       <c r="G2" s="19"/>
       <c r="H2" s="19"/>
       <c r="I2" s="19"/>
       <c r="J2" s="19"/>
       <c r="K2" s="19"/>
       <c r="L2" s="19"/>
     </row>
-    <row r="4" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B4" s="8"/>
       <c r="C4" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>0</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="9" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>4</v>
       </c>
       <c r="I4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J4" s="9" t="s">
         <v>6</v>
       </c>
@@ -2940,52 +2986,55 @@
       </c>
       <c r="M4" s="12" t="s">
         <v>9</v>
       </c>
       <c r="N4" s="10" t="s">
         <v>12</v>
       </c>
       <c r="O4" s="16" t="s">
         <v>21</v>
       </c>
       <c r="P4" s="17" t="s">
         <v>22</v>
       </c>
       <c r="Q4" s="17" t="s">
         <v>23</v>
       </c>
       <c r="R4" s="17" t="s">
         <v>24</v>
       </c>
       <c r="S4" s="17" t="s">
         <v>25</v>
       </c>
       <c r="T4" s="17" t="s">
         <v>26</v>
       </c>
+      <c r="U4" s="17" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="5" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="2">
         <f>150.589/0.702804</f>
         <v>214.26884309138822</v>
       </c>
       <c r="D5" s="3">
         <f>129.677/0.702804</f>
         <v>184.51374778743434</v>
       </c>
       <c r="E5" s="3">
         <f>71.127/0.702804</f>
         <v>101.20460327488175</v>
       </c>
       <c r="F5" s="3">
         <f>70.816/0.702804</f>
         <v>100.76209014177495</v>
       </c>
       <c r="G5" s="3">
         <f>83.107/0.702804</f>
         <v>118.25060756626314</v>
       </c>
       <c r="H5" s="3">
         <f>94.756/0.702804</f>
@@ -3010,52 +3059,55 @@
         <v>216.923</v>
       </c>
       <c r="O5" s="15">
         <v>231.596</v>
       </c>
       <c r="P5" s="15">
         <f>95788250/1000000</f>
         <v>95.788250000000005</v>
       </c>
       <c r="Q5" s="15">
         <f>17177997/1000000</f>
         <v>17.177997000000001</v>
       </c>
       <c r="R5" s="15">
         <f>131129478.9/1000000</f>
         <v>131.12947890000001</v>
       </c>
       <c r="S5" s="15">
         <f>138996664/1000000</f>
         <v>138.99666400000001</v>
       </c>
       <c r="T5" s="15">
         <f>130970845.51/1000000</f>
         <v>130.97084551</v>
       </c>
+      <c r="U5" s="15">
+        <v>115.83774575</v>
+      </c>
     </row>
-    <row r="6" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="2">
         <f>14.934/0.702804</f>
         <v>21.249167619990779</v>
       </c>
       <c r="D6" s="3">
         <f>12.287/0.702804</f>
         <v>17.482825937245664</v>
       </c>
       <c r="E6" s="3">
         <f>7.004/0.702804</f>
         <v>9.9657941616723864</v>
       </c>
       <c r="F6" s="3">
         <f>6.838/0.702804</f>
         <v>9.7295974411073356</v>
       </c>
       <c r="G6" s="3">
         <f>7.654/0.702804</f>
         <v>10.890660838583731</v>
       </c>
       <c r="H6" s="3">
         <f>8.429/0.702804</f>
@@ -3080,52 +3132,55 @@
         <v>16.649000000000001</v>
       </c>
       <c r="O6" s="15">
         <v>17.315000000000001</v>
       </c>
       <c r="P6" s="15">
         <f>5322636/1000000</f>
         <v>5.3226360000000001</v>
       </c>
       <c r="Q6" s="15">
         <f>1569319.5/1000000</f>
         <v>1.5693195</v>
       </c>
       <c r="R6" s="15">
         <f>8200898/1000000</f>
         <v>8.2008980000000005</v>
       </c>
       <c r="S6" s="15">
         <f>11079837/1000000</f>
         <v>11.079836999999999</v>
       </c>
       <c r="T6" s="15">
         <f>12252990/1000000</f>
         <v>12.25299</v>
       </c>
+      <c r="U6" s="15">
+        <v>10.778696999999999</v>
+      </c>
     </row>
-    <row r="7" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:21" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="5">
         <f>1.35/0.702804</f>
         <v>1.9208769443543294</v>
       </c>
       <c r="D7" s="3">
         <f>1.255/0.702804</f>
         <v>1.7857041223442096</v>
       </c>
       <c r="E7" s="3">
         <f>0.665/0.702804</f>
         <v>0.9462097540708363</v>
       </c>
       <c r="F7" s="3">
         <f>0.497/0.702804</f>
         <v>0.70716728988451971</v>
       </c>
       <c r="G7" s="3">
         <f>0.504/0.702804</f>
         <v>0.71712739255894964</v>
       </c>
       <c r="H7" s="3">
         <f>0.326/0.702804</f>
@@ -3150,52 +3205,55 @@
         <v>0.215</v>
       </c>
       <c r="O7" s="15">
         <v>0.23200000000000001</v>
       </c>
       <c r="P7" s="15">
         <f>121255/1000000</f>
         <v>0.121255</v>
       </c>
       <c r="Q7" s="15">
         <f>-2406/1000000</f>
         <v>-2.4060000000000002E-3</v>
       </c>
       <c r="R7" s="15">
         <f>79693/1000000</f>
         <v>7.9693E-2</v>
       </c>
       <c r="S7" s="15">
         <f>101278/1000000</f>
         <v>0.10127800000000001</v>
       </c>
       <c r="T7" s="15">
         <f>97096/1000000</f>
         <v>9.7096000000000002E-2</v>
       </c>
+      <c r="U7" s="15">
+        <v>8.3198999999999995E-2</v>
+      </c>
     </row>
-    <row r="8" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="2">
         <f>8.257/0.702804</f>
         <v>11.74865254039533</v>
       </c>
       <c r="D8" s="3">
         <f>10.168/0.702804</f>
         <v>14.467760570514681</v>
       </c>
       <c r="E8" s="3">
         <f>0.803/0.702804</f>
         <v>1.1425660639381678</v>
       </c>
       <c r="F8" s="3">
         <f>1.041/0.702804</f>
         <v>1.4812095548687827</v>
       </c>
       <c r="G8" s="3">
         <f>1.448/0.702804</f>
         <v>2.0603183817963471</v>
       </c>
       <c r="H8" s="3">
         <f>2.064/0.702804</f>
@@ -3220,52 +3278,55 @@
         <v>2.7589999999999999</v>
       </c>
       <c r="O8" s="15">
         <v>3.2229999999999999</v>
       </c>
       <c r="P8" s="15">
         <f>1561066/1000000</f>
         <v>1.5610660000000001</v>
       </c>
       <c r="Q8" s="15">
         <f>244916/1000000</f>
         <v>0.24491599999999999</v>
       </c>
       <c r="R8" s="15">
         <f>1377193/1000000</f>
         <v>1.3771929999999999</v>
       </c>
       <c r="S8" s="15">
         <f>1669093/1000000</f>
         <v>1.6690929999999999</v>
       </c>
       <c r="T8" s="15">
         <f>2211946.12/1000000</f>
         <v>2.2119461199999999</v>
       </c>
+      <c r="U8" s="15">
+        <v>2.22502238</v>
+      </c>
     </row>
-    <row r="9" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B9" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2">
         <v>0</v>
       </c>
       <c r="D9" s="3">
         <v>0</v>
       </c>
       <c r="E9" s="3">
         <v>0</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>0</v>
       </c>
       <c r="H9" s="3">
         <v>0</v>
       </c>
       <c r="I9" s="3">
         <v>2.097</v>
       </c>
       <c r="J9" s="3">
@@ -3284,52 +3345,55 @@
         <v>41.155000000000001</v>
       </c>
       <c r="O9" s="15">
         <v>54.683999999999997</v>
       </c>
       <c r="P9" s="15">
         <f>56854256/1000000</f>
         <v>56.854255999999999</v>
       </c>
       <c r="Q9" s="15">
         <f>109054058/1000000</f>
         <v>109.054058</v>
       </c>
       <c r="R9" s="15">
         <f>123987705.34/1000000</f>
         <v>123.98770534000001</v>
       </c>
       <c r="S9" s="15">
         <f>136785860/1000000</f>
         <v>136.78586000000001</v>
       </c>
       <c r="T9" s="15">
         <f>153911284.1/1000000</f>
         <v>153.91128409999999</v>
       </c>
+      <c r="U9" s="15">
+        <v>170.65474831999998</v>
+      </c>
     </row>
-    <row r="10" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="2">
         <f>0.628/0.702804</f>
         <v>0.89356349707742133</v>
       </c>
       <c r="D10" s="3">
         <f>1.517/0.702804</f>
         <v>2.1584965367300128</v>
       </c>
       <c r="E10" s="3">
         <f>3.031/0.702804</f>
         <v>4.3127244580281276</v>
       </c>
       <c r="F10" s="3">
         <f>0.845/0.702804</f>
         <v>1.2023266799847467</v>
       </c>
       <c r="G10" s="3">
         <f>0.337/0.702804</f>
         <v>0.47950780018326594</v>
       </c>
       <c r="H10" s="3">
         <f>0.08/0.702804</f>
@@ -3349,52 +3413,55 @@
       </c>
       <c r="M10" s="13">
         <v>0</v>
       </c>
       <c r="N10" s="14">
         <v>0</v>
       </c>
       <c r="O10" s="18">
         <v>0</v>
       </c>
       <c r="P10" s="18">
         <v>0</v>
       </c>
       <c r="Q10" s="18">
         <v>0</v>
       </c>
       <c r="R10" s="18">
         <v>0</v>
       </c>
       <c r="S10" s="18">
         <v>0</v>
       </c>
       <c r="T10" s="18">
         <v>0</v>
       </c>
+      <c r="U10" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="11" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="7">
         <f>SUM(C5:C10)</f>
         <v>250.08110369320607</v>
       </c>
       <c r="D11" s="7">
         <f t="shared" ref="D11:O11" si="0">SUM(D5:D10)</f>
         <v>220.4085349542689</v>
       </c>
       <c r="E11" s="7">
         <f t="shared" si="0"/>
         <v>117.57189771259127</v>
       </c>
       <c r="F11" s="7">
         <f t="shared" si="0"/>
         <v>113.88239110762034</v>
       </c>
       <c r="G11" s="7">
         <f t="shared" si="0"/>
         <v>132.39822197938543</v>
       </c>
       <c r="H11" s="7">
         <f t="shared" si="0"/>
@@ -3407,105 +3474,109 @@
       <c r="J11" s="7">
         <f t="shared" si="0"/>
         <v>172.88800000000003</v>
       </c>
       <c r="K11" s="7">
         <f t="shared" si="0"/>
         <v>201.755</v>
       </c>
       <c r="L11" s="7">
         <f t="shared" si="0"/>
         <v>218.84700000000001</v>
       </c>
       <c r="M11" s="7">
         <f t="shared" si="0"/>
         <v>248.619</v>
       </c>
       <c r="N11" s="7">
         <f t="shared" si="0"/>
         <v>277.70100000000002</v>
       </c>
       <c r="O11" s="7">
         <f t="shared" si="0"/>
         <v>307.05</v>
       </c>
       <c r="P11" s="7">
-        <f>SUM(P5:P10)</f>
+        <f t="shared" ref="P11:U11" si="1">SUM(P5:P10)</f>
         <v>159.64746300000002</v>
       </c>
       <c r="Q11" s="7">
-        <f>SUM(Q5:Q10)</f>
+        <f t="shared" si="1"/>
         <v>128.04388449999999</v>
       </c>
       <c r="R11" s="7">
-        <f>SUM(R5:R10)</f>
+        <f t="shared" si="1"/>
         <v>264.77496824000002</v>
       </c>
       <c r="S11" s="7">
-        <f>SUM(S5:S10)</f>
+        <f t="shared" si="1"/>
         <v>288.63273200000003</v>
       </c>
       <c r="T11" s="7">
-        <f>SUM(T5:T10)</f>
+        <f t="shared" si="1"/>
         <v>299.44416173000002</v>
+      </c>
+      <c r="U11" s="7">
+        <f t="shared" si="1"/>
+        <v>299.57941244999995</v>
       </c>
     </row>
     <row r="24" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="39" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B39" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:L2"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="78" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="a370253f8166eb7d86ca4d946f67ece3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fe81f697f48b506490325a501c28a9b" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="9337628ad92174a5c0a7a0e052eeb06a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8449f9dab336bf1953def6f04171b18a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <xsd:import namespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -3734,51 +3805,51 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="92cc62ab-efdb-4b69-a713-55da12a284a5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="41070eb3-ce40-4cfb-8ed3-a08fd5310682" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6749A08D-1C0C-4D4E-8A96-5F79DB4AF043}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F59785D9-B935-4DAE-B300-A96F3867723A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20D98111-DFBE-45DC-BCEC-838F4EAB3F3E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
@@ -3796,51 +3867,51 @@
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2007-2024</vt:lpstr>
+      <vt:lpstr>2007-2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sanda Liepiņa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010031AAF64EC36ADE41A0ADC64E6F139F10</vt:lpwstr>
   </property>