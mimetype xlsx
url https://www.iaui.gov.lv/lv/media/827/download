--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -8,119 +8,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/nozares_statistika/MAJASLAPAI/2025_2/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iaui-skirm\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="232" documentId="13_ncr:1_{37C48E73-4ED8-468B-B69D-D14F6AAA30F0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CBDCC578-20F9-447E-8632-BBD0BE0BD3CD}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52E173B5-E910-4E84-AB5E-EDEB914F2817}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025_2_cet." sheetId="1" r:id="rId1"/>
+    <sheet name="2025_3_cet." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="AB5" i="1" l="1"/>
+  <c r="AB4" i="1"/>
   <c r="AA5" i="1" l="1"/>
   <c r="AA4" i="1"/>
   <c r="Z5" i="1" l="1"/>
   <c r="Z4" i="1"/>
   <c r="Y5" i="1" l="1"/>
   <c r="Y4" i="1"/>
   <c r="R4" i="1" l="1"/>
   <c r="R5" i="1" l="1"/>
   <c r="Q5" i="1"/>
   <c r="Q4" i="1"/>
   <c r="P5" i="1" l="1"/>
   <c r="P4" i="1"/>
   <c r="O4" i="1" l="1"/>
   <c r="N5" i="1"/>
   <c r="O5" i="1" s="1"/>
   <c r="N4" i="1"/>
   <c r="M5" i="1"/>
   <c r="M4" i="1"/>
   <c r="K5" i="1" l="1"/>
   <c r="L5" i="1" s="1"/>
   <c r="J5" i="1"/>
   <c r="J4" i="1"/>
   <c r="K4" i="1" s="1"/>
   <c r="L4" i="1" s="1"/>
   <c r="G5" i="1" l="1"/>
   <c r="G4" i="1"/>
   <c r="F4" i="1" l="1"/>
   <c r="C5" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t>2019. 1.cet.</t>
   </si>
   <si>
     <t>2019. 2.cet.</t>
   </si>
   <si>
     <t>2019. 3.cet.</t>
   </si>
   <si>
     <t>2019. 4.cet.</t>
   </si>
   <si>
     <t xml:space="preserve">2020. 1.cet. </t>
   </si>
   <si>
     <t>2020. 2.cet.</t>
   </si>
   <si>
     <t>2020. 3.cet.</t>
   </si>
   <si>
     <t>2020. 4.cet.</t>
   </si>
   <si>
@@ -163,50 +165,53 @@
   <si>
     <t>2024. 1.cet.</t>
   </si>
   <si>
     <t xml:space="preserve">2023.
 1.cet. </t>
   </si>
   <si>
     <t xml:space="preserve">2023.
 2.cet. </t>
   </si>
   <si>
     <t>2024. 2.cet.</t>
   </si>
   <si>
     <t>2024. 3.cet.</t>
   </si>
   <si>
     <t>2024. 4.cet.</t>
   </si>
   <si>
     <t>2025. 1.cet.</t>
   </si>
   <si>
     <t>2025. 2.cet.</t>
+  </si>
+  <si>
+    <t>2025. 3.cet.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.00000"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -430,51 +435,51 @@
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="6.3098731875597391E-2"/>
           <c:y val="0.15356550580431175"/>
           <c:w val="0.91950308702515393"/>
           <c:h val="0.68367036210025989"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2_cet.'!$A$4</c:f>
+              <c:f>'2025_3_cet.'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto apgrozījums</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:gradFill rotWithShape="1">
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="accent1">
                     <a:satMod val="103000"/>
                     <a:lumMod val="102000"/>
                     <a:tint val="94000"/>
                   </a:schemeClr>
                 </a:gs>
                 <a:gs pos="50000">
                   <a:schemeClr val="accent1">
                     <a:satMod val="110000"/>
                     <a:lumMod val="100000"/>
                     <a:shade val="100000"/>
                   </a:schemeClr>
                 </a:gs>
@@ -535,53 +540,53 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2_cet.'!$B$3:$AA$3</c:f>
+              <c:f>'2025_3_cet.'!$B$3:$AB$3</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="27"/>
                 <c:pt idx="0">
                   <c:v>2019. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2019. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2019. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2020. 1.cet. </c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2020. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2020. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2020. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -618,60 +623,63 @@
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2023.
 3. cet. </c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2024. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>2025. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2025. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>2025. 3.cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2_cet.'!$B$4:$AA$4</c:f>
+              <c:f>'2025_3_cet.'!$B$4:$AB$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="26"/>
+                <c:ptCount val="27"/>
                 <c:pt idx="0">
                   <c:v>11.186</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>10.929</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11.414</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.721</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>14.07</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>14.606999999999999</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>13.169</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15.254</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="0.000">
@@ -705,82 +713,85 @@
                   <c:v>22.55</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>21.55</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.00">
                   <c:v>25.12</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>25.95</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.00">
                   <c:v>23.553464399999999</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>22.9</c:v>
                 </c:pt>
                 <c:pt idx="23" formatCode="0.00">
                   <c:v>28.537705579999997</c:v>
                 </c:pt>
                 <c:pt idx="24" formatCode="0.00">
                   <c:v>26.1946257</c:v>
                 </c:pt>
                 <c:pt idx="25" formatCode="0.00">
                   <c:v>27.00680771</c:v>
+                </c:pt>
+                <c:pt idx="26" formatCode="0.00">
+                  <c:v>25.210793750000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E083-44E5-AE6C-69310510C8EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="100"/>
         <c:axId val="195822160"/>
         <c:axId val="195822544"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_2_cet.'!$A$5</c:f>
+              <c:f>'2025_3_cet.'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Pārskata perioda peļņa</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="34925" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="63000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
@@ -861,53 +872,53 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_2_cet.'!$B$3:$AA$3</c:f>
+              <c:f>'2025_3_cet.'!$B$3:$AB$3</c:f>
               <c:strCache>
-                <c:ptCount val="26"/>
+                <c:ptCount val="27"/>
                 <c:pt idx="0">
                   <c:v>2019. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2019. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2019. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2020. 1.cet. </c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2020. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2020. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2020. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -944,60 +955,63 @@
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2023.
 3. cet. </c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2024. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>2025. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2025. 2.cet.</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>2025. 3.cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_2_cet.'!$B$5:$AA$5</c:f>
+              <c:f>'2025_3_cet.'!$B$5:$AB$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="26"/>
+                <c:ptCount val="27"/>
                 <c:pt idx="0">
                   <c:v>1.782</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1.651</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1.7509999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2.1459999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2.6509999999999998</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>3.0630000000000002</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2.4910000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2.94</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="0.000">
@@ -1031,50 +1045,53 @@
                   <c:v>1.54</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>3.71</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.00">
                   <c:v>4.3499999999999996</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>4.3499999999999996</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.00">
                   <c:v>1.4129119399999999</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>3.68</c:v>
                 </c:pt>
                 <c:pt idx="23" formatCode="0.00">
                   <c:v>4.5350772599999996</c:v>
                 </c:pt>
                 <c:pt idx="24" formatCode="0.00">
                   <c:v>3.6767273999999999</c:v>
                 </c:pt>
                 <c:pt idx="25" formatCode="0.00">
                   <c:v>1.0754453100000001</c:v>
+                </c:pt>
+                <c:pt idx="26" formatCode="0.00">
+                  <c:v>3.2983822999999997</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-E083-44E5-AE6C-69310510C8EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="195822160"/>
         <c:axId val="195822544"/>
       </c:lineChart>
       <c:catAx>
@@ -2092,83 +2109,83 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:AA10"/>
+  <dimension ref="A3:AB10"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Y18" sqref="Y18"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="6.109375" customWidth="1"/>
+    <col min="1" max="1" width="22.453125" customWidth="1"/>
+    <col min="2" max="2" width="6.453125" customWidth="1"/>
+    <col min="3" max="3" width="5.90625" customWidth="1"/>
+    <col min="4" max="4" width="6.453125" customWidth="1"/>
+    <col min="5" max="5" width="6.08984375" customWidth="1"/>
+    <col min="6" max="6" width="6.453125" customWidth="1"/>
+    <col min="7" max="7" width="5.54296875" customWidth="1"/>
+    <col min="8" max="8" width="5.453125" customWidth="1"/>
+    <col min="9" max="9" width="6.08984375" customWidth="1"/>
     <col min="10" max="10" width="6" customWidth="1"/>
-    <col min="11" max="11" width="7.109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="8.109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="7.08984375" customWidth="1"/>
+    <col min="12" max="13" width="7.08984375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="8.08984375" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="5.44140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="26" max="26" width="6.6640625" customWidth="1"/>
+    <col min="16" max="16" width="5.453125" customWidth="1"/>
+    <col min="17" max="17" width="5.90625" customWidth="1"/>
+    <col min="18" max="20" width="6.453125" customWidth="1"/>
+    <col min="21" max="21" width="5.90625" customWidth="1"/>
+    <col min="22" max="22" width="6.6328125" customWidth="1"/>
+    <col min="23" max="23" width="6.81640625" customWidth="1"/>
+    <col min="24" max="25" width="6.453125" customWidth="1"/>
+    <col min="26" max="26" width="6.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:27" ht="57.6" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
@@ -2203,52 +2220,55 @@
       </c>
       <c r="T3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="U3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="V3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AA3" s="2" t="s">
         <v>27</v>
       </c>
+      <c r="AB3" s="2" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="4" spans="1:27" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="3">
         <v>11.186</v>
       </c>
       <c r="C4" s="3">
         <v>10.929</v>
       </c>
       <c r="D4" s="3">
         <v>11.414</v>
       </c>
       <c r="E4" s="3">
         <v>14.721</v>
       </c>
       <c r="F4" s="3">
         <f>14.07</f>
         <v>14.07</v>
       </c>
       <c r="G4" s="3">
         <f>14.607</f>
         <v>14.606999999999999</v>
       </c>
       <c r="H4" s="3">
         <v>13.169</v>
@@ -2300,52 +2320,56 @@
       </c>
       <c r="U4" s="10">
         <v>25.12</v>
       </c>
       <c r="V4" s="8">
         <v>25.95</v>
       </c>
       <c r="W4" s="10">
         <v>23.553464399999999</v>
       </c>
       <c r="X4" s="8">
         <v>22.9</v>
       </c>
       <c r="Y4" s="10">
         <f>28537705.58/1000000</f>
         <v>28.537705579999997</v>
       </c>
       <c r="Z4" s="10">
         <f>26194625.7/1000000</f>
         <v>26.1946257</v>
       </c>
       <c r="AA4" s="10">
         <f>27006807.71/1000000</f>
         <v>27.00680771</v>
       </c>
+      <c r="AB4" s="10">
+        <f>25210793.75/1000000</f>
+        <v>25.210793750000001</v>
+      </c>
     </row>
-    <row r="5" spans="1:27" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="3">
         <v>1.782</v>
       </c>
       <c r="C5" s="3">
         <f>1.651</f>
         <v>1.651</v>
       </c>
       <c r="D5" s="3">
         <v>1.7509999999999999</v>
       </c>
       <c r="E5" s="3">
         <v>2.1459999999999999</v>
       </c>
       <c r="F5" s="3">
         <v>2.6509999999999998</v>
       </c>
       <c r="G5" s="3">
         <f>3.063</f>
         <v>3.0630000000000002</v>
       </c>
       <c r="H5" s="3">
         <v>2.4910000000000001</v>
@@ -2397,164 +2421,155 @@
       </c>
       <c r="U5" s="10">
         <v>4.3499999999999996</v>
       </c>
       <c r="V5" s="8">
         <v>4.3499999999999996</v>
       </c>
       <c r="W5" s="10">
         <v>1.4129119399999999</v>
       </c>
       <c r="X5" s="8">
         <v>3.68</v>
       </c>
       <c r="Y5" s="10">
         <f>4535077.26/1000000</f>
         <v>4.5350772599999996</v>
       </c>
       <c r="Z5" s="10">
         <f>3676727.4/1000000</f>
         <v>3.6767273999999999</v>
       </c>
       <c r="AA5" s="10">
         <f>1075445.31/1000000</f>
         <v>1.0754453100000001</v>
       </c>
+      <c r="AB5" s="10">
+        <f>3298382.3/1000000</f>
+        <v>3.2983822999999997</v>
+      </c>
     </row>
-    <row r="7" spans="1:27" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:28" x14ac:dyDescent="0.35">
       <c r="O7" s="1"/>
     </row>
-    <row r="8" spans="1:27" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:28" x14ac:dyDescent="0.35">
       <c r="O8" s="1"/>
     </row>
-    <row r="10" spans="1:27" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:28" x14ac:dyDescent="0.35">
       <c r="O10" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6fe81f697f48b506490325a501c28a9b" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69a97b0a54470ca8220742202fa15b1a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d80fb846b647671563cb0b7645bc027" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <xsd:import namespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="22" nillable="true" ma:displayName="Vienotās atbilstības politikas rekvizīti" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="22" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="23" nillable="true" ma:displayName="Vienotās atbilstības politikas UI darbība" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92cc62ab-efdb-4b69-a713-55da12a284a5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c20d572e-93f8-47b3-8c65-cc8b4da651f1" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c20d572e-93f8-47b3-8c65-cc8b4da651f1" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
@@ -2574,88 +2589,88 @@
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{aaa3dd0d-9f5a-4923-8311-4f313bb50bb4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="41070eb3-ce40-4cfb-8ed3-a08fd5310682">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2700,114 +2715,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="92cc62ab-efdb-4b69-a713-55da12a284a5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="41070eb3-ce40-4cfb-8ed3-a08fd5310682" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE3CD648-7696-4B1D-A137-38379CC82E4D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9925D131-F1E3-4BB7-80A2-D1E179EDF438}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B2CDDAC-1E6B-4F8B-BD60-6B8A7BC0B757}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D53E05C-0290-4D43-AE0A-7BF647C03D2E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
+    <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025_2_cet.</vt:lpstr>
+      <vt:lpstr>2025_3_cet.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sanda Liepiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>