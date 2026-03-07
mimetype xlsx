--- v1 (2025-12-15)
+++ v2 (2026-03-07)
@@ -8,121 +8,123 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iaui-skirm\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fmlv.sharepoint.com/sites/IAUIAnaltikasnodaa/Shared Documents/Azartspēļu_nozare/Azartspēļu un izložu nozares statistika dinamikā/MAJASLAPAI/2025_4/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52E173B5-E910-4E84-AB5E-EDEB914F2817}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="18" documentId="8_{7C80DA5A-9953-481A-B9B2-D1AFB81F6CA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7456CE16-9421-4CD1-8A56-C7CEE5594C05}"/>
   <bookViews>
-    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025_3_cet." sheetId="1" r:id="rId1"/>
+    <sheet name="2025_4_cet." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AB5" i="1" l="1"/>
+  <c r="AC4" i="1" l="1"/>
+  <c r="AC5" i="1"/>
+  <c r="AB5" i="1"/>
   <c r="AB4" i="1"/>
   <c r="AA5" i="1" l="1"/>
   <c r="AA4" i="1"/>
   <c r="Z5" i="1" l="1"/>
   <c r="Z4" i="1"/>
   <c r="Y5" i="1" l="1"/>
   <c r="Y4" i="1"/>
   <c r="R4" i="1" l="1"/>
   <c r="R5" i="1" l="1"/>
   <c r="Q5" i="1"/>
   <c r="Q4" i="1"/>
   <c r="P5" i="1" l="1"/>
   <c r="P4" i="1"/>
   <c r="O4" i="1" l="1"/>
   <c r="N5" i="1"/>
   <c r="O5" i="1" s="1"/>
   <c r="N4" i="1"/>
   <c r="M5" i="1"/>
   <c r="M4" i="1"/>
   <c r="K5" i="1" l="1"/>
   <c r="L5" i="1" s="1"/>
   <c r="J5" i="1"/>
   <c r="J4" i="1"/>
   <c r="K4" i="1" s="1"/>
   <c r="L4" i="1" s="1"/>
   <c r="G5" i="1" l="1"/>
   <c r="G4" i="1"/>
   <c r="F4" i="1" l="1"/>
   <c r="C5" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <si>
     <t>2019. 1.cet.</t>
   </si>
   <si>
     <t>2019. 2.cet.</t>
   </si>
   <si>
     <t>2019. 3.cet.</t>
   </si>
   <si>
     <t>2019. 4.cet.</t>
   </si>
   <si>
     <t xml:space="preserve">2020. 1.cet. </t>
   </si>
   <si>
     <t>2020. 2.cet.</t>
   </si>
   <si>
     <t>2020. 3.cet.</t>
   </si>
   <si>
     <t>2020. 4.cet.</t>
   </si>
   <si>
@@ -168,50 +170,53 @@
   <si>
     <t xml:space="preserve">2023.
 1.cet. </t>
   </si>
   <si>
     <t xml:space="preserve">2023.
 2.cet. </t>
   </si>
   <si>
     <t>2024. 2.cet.</t>
   </si>
   <si>
     <t>2024. 3.cet.</t>
   </si>
   <si>
     <t>2024. 4.cet.</t>
   </si>
   <si>
     <t>2025. 1.cet.</t>
   </si>
   <si>
     <t>2025. 2.cet.</t>
   </si>
   <si>
     <t>2025. 3.cet.</t>
+  </si>
+  <si>
+    <t>2025. 4.cet.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.000"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.00000"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -242,74 +247,75 @@
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Parasts 2" xfId="2" xr:uid="{978A539F-BE03-4756-A3CF-0247603D28DC}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
@@ -420,66 +426,66 @@
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr">
             <a:defRPr sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="6.3098731875597391E-2"/>
-          <c:y val="0.15356550580431175"/>
+          <c:x val="8.0317875676646749E-2"/>
+          <c:y val="0.15356563680160326"/>
           <c:w val="0.91950308702515393"/>
           <c:h val="0.68367036210025989"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3_cet.'!$A$4</c:f>
+              <c:f>'2025_4_cet.'!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Neto apgrozījums</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:gradFill rotWithShape="1">
               <a:gsLst>
                 <a:gs pos="0">
                   <a:schemeClr val="accent1">
                     <a:satMod val="103000"/>
                     <a:lumMod val="102000"/>
                     <a:tint val="94000"/>
                   </a:schemeClr>
                 </a:gs>
                 <a:gs pos="50000">
                   <a:schemeClr val="accent1">
                     <a:satMod val="110000"/>
                     <a:lumMod val="100000"/>
                     <a:shade val="100000"/>
                   </a:schemeClr>
                 </a:gs>
@@ -540,53 +546,53 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3_cet.'!$B$3:$AB$3</c:f>
+              <c:f>'2025_4_cet.'!$B$3:$AC$3</c:f>
               <c:strCache>
-                <c:ptCount val="27"/>
+                <c:ptCount val="28"/>
                 <c:pt idx="0">
                   <c:v>2019. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2019. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2019. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2020. 1.cet. </c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2020. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2020. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2020. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -626,60 +632,63 @@
 3. cet. </c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2023. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2024. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>2025. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2025. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>2025. 3.cet.</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>2025. 4.cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3_cet.'!$B$4:$AB$4</c:f>
+              <c:f>'2025_4_cet.'!$B$4:$AC$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="27"/>
+                <c:ptCount val="28"/>
                 <c:pt idx="0">
                   <c:v>11.186</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>10.929</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11.414</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>14.721</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>14.07</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>14.606999999999999</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>13.169</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>15.254</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="0.000">
@@ -716,82 +725,85 @@
                   <c:v>21.55</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.00">
                   <c:v>25.12</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>25.95</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.00">
                   <c:v>23.553464399999999</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>22.9</c:v>
                 </c:pt>
                 <c:pt idx="23" formatCode="0.00">
                   <c:v>28.537705579999997</c:v>
                 </c:pt>
                 <c:pt idx="24" formatCode="0.00">
                   <c:v>26.1946257</c:v>
                 </c:pt>
                 <c:pt idx="25" formatCode="0.00">
                   <c:v>27.00680771</c:v>
                 </c:pt>
                 <c:pt idx="26" formatCode="0.00">
                   <c:v>25.210793750000001</c:v>
+                </c:pt>
+                <c:pt idx="27" formatCode="0.00">
+                  <c:v>28.955725000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E083-44E5-AE6C-69310510C8EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="100"/>
         <c:axId val="195822160"/>
         <c:axId val="195822544"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'2025_3_cet.'!$A$5</c:f>
+              <c:f>'2025_4_cet.'!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Pārskata perioda peļņa</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="34925" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst>
               <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
                 <a:srgbClr val="000000">
                   <a:alpha val="63000"/>
                 </a:srgbClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
@@ -872,51 +884,51 @@
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'2025_3_cet.'!$B$3:$AB$3</c:f>
+              <c:f>'2025_4_cet.'!$B$3:$AB$3</c:f>
               <c:strCache>
                 <c:ptCount val="27"/>
                 <c:pt idx="0">
                   <c:v>2019. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2019. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2019. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2019. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2020. 1.cet. </c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2020. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2020. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2020. 4.cet.</c:v>
@@ -964,54 +976,54 @@
                   <c:v>2024. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2024. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2024. 3.cet.</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2024. 4.cet.</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>2025. 1.cet.</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>2025. 2.cet.</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>2025. 3.cet.</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'2025_3_cet.'!$B$5:$AB$5</c:f>
+              <c:f>'2025_4_cet.'!$B$5:$AC$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="27"/>
+                <c:ptCount val="28"/>
                 <c:pt idx="0">
                   <c:v>1.782</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1.651</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1.7509999999999999</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2.1459999999999999</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2.6509999999999998</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>3.0630000000000002</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2.4910000000000001</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2.94</c:v>
                 </c:pt>
                 <c:pt idx="8" formatCode="0.000">
@@ -1048,50 +1060,53 @@
                   <c:v>3.71</c:v>
                 </c:pt>
                 <c:pt idx="19" formatCode="0.00">
                   <c:v>4.3499999999999996</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>4.3499999999999996</c:v>
                 </c:pt>
                 <c:pt idx="21" formatCode="0.00">
                   <c:v>1.4129119399999999</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>3.68</c:v>
                 </c:pt>
                 <c:pt idx="23" formatCode="0.00">
                   <c:v>4.5350772599999996</c:v>
                 </c:pt>
                 <c:pt idx="24" formatCode="0.00">
                   <c:v>3.6767273999999999</c:v>
                 </c:pt>
                 <c:pt idx="25" formatCode="0.00">
                   <c:v>1.0754453100000001</c:v>
                 </c:pt>
                 <c:pt idx="26" formatCode="0.00">
                   <c:v>3.2983822999999997</c:v>
+                </c:pt>
+                <c:pt idx="27" formatCode="0.00">
+                  <c:v>3.6264310000000002</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-E083-44E5-AE6C-69310510C8EC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="195822160"/>
         <c:axId val="195822544"/>
       </c:lineChart>
       <c:catAx>
@@ -1804,57 +1819,57 @@
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="lt1"/>
     </cs:fontRef>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>60960</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>7621</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>22</xdr:col>
-      <xdr:colOff>312420</xdr:colOff>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>25400</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>91441</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
@@ -2109,83 +2124,84 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A3:AB10"/>
+  <dimension ref="A3:AD10"/>
   <sheetViews>
-    <sheetView tabSelected="1" showRuler="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView tabSelected="1" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AD4" sqref="AD4:AD5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="22.453125" customWidth="1"/>
     <col min="2" max="2" width="6.453125" customWidth="1"/>
     <col min="3" max="3" width="5.90625" customWidth="1"/>
     <col min="4" max="4" width="6.453125" customWidth="1"/>
     <col min="5" max="5" width="6.08984375" customWidth="1"/>
     <col min="6" max="6" width="6.453125" customWidth="1"/>
     <col min="7" max="7" width="5.54296875" customWidth="1"/>
     <col min="8" max="8" width="5.453125" customWidth="1"/>
     <col min="9" max="9" width="6.08984375" customWidth="1"/>
-    <col min="10" max="10" width="6" customWidth="1"/>
+    <col min="10" max="10" width="7.7265625" customWidth="1"/>
     <col min="11" max="11" width="7.08984375" customWidth="1"/>
     <col min="12" max="13" width="7.08984375" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.08984375" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.453125" customWidth="1"/>
     <col min="17" max="17" width="5.90625" customWidth="1"/>
     <col min="18" max="20" width="6.453125" customWidth="1"/>
     <col min="21" max="21" width="5.90625" customWidth="1"/>
     <col min="22" max="22" width="6.6328125" customWidth="1"/>
     <col min="23" max="23" width="6.81640625" customWidth="1"/>
     <col min="24" max="25" width="6.453125" customWidth="1"/>
     <col min="26" max="26" width="6.6328125" customWidth="1"/>
+    <col min="27" max="29" width="8.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:28" ht="29" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:30" ht="29" x14ac:dyDescent="0.35">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
@@ -2223,52 +2239,55 @@
       </c>
       <c r="U3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="V3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AA3" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="2" t="s">
         <v>28</v>
       </c>
+      <c r="AC3" s="2" t="s">
+        <v>29</v>
+      </c>
     </row>
-    <row r="4" spans="1:28" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:30" x14ac:dyDescent="0.35">
       <c r="A4" s="8" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="3">
         <v>11.186</v>
       </c>
       <c r="C4" s="3">
         <v>10.929</v>
       </c>
       <c r="D4" s="3">
         <v>11.414</v>
       </c>
       <c r="E4" s="3">
         <v>14.721</v>
       </c>
       <c r="F4" s="3">
         <f>14.07</f>
         <v>14.07</v>
       </c>
       <c r="G4" s="3">
         <f>14.607</f>
         <v>14.606999999999999</v>
       </c>
       <c r="H4" s="3">
         <v>13.169</v>
@@ -2324,52 +2343,57 @@
       <c r="V4" s="8">
         <v>25.95</v>
       </c>
       <c r="W4" s="10">
         <v>23.553464399999999</v>
       </c>
       <c r="X4" s="8">
         <v>22.9</v>
       </c>
       <c r="Y4" s="10">
         <f>28537705.58/1000000</f>
         <v>28.537705579999997</v>
       </c>
       <c r="Z4" s="10">
         <f>26194625.7/1000000</f>
         <v>26.1946257</v>
       </c>
       <c r="AA4" s="10">
         <f>27006807.71/1000000</f>
         <v>27.00680771</v>
       </c>
       <c r="AB4" s="10">
         <f>25210793.75/1000000</f>
         <v>25.210793750000001</v>
       </c>
+      <c r="AC4" s="10">
+        <f>28955725/1000000</f>
+        <v>28.955725000000001</v>
+      </c>
+      <c r="AD4" s="11"/>
     </row>
-    <row r="5" spans="1:28" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:30" x14ac:dyDescent="0.35">
       <c r="A5" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="3">
         <v>1.782</v>
       </c>
       <c r="C5" s="3">
         <f>1.651</f>
         <v>1.651</v>
       </c>
       <c r="D5" s="3">
         <v>1.7509999999999999</v>
       </c>
       <c r="E5" s="3">
         <v>2.1459999999999999</v>
       </c>
       <c r="F5" s="3">
         <v>2.6509999999999998</v>
       </c>
       <c r="G5" s="3">
         <f>3.063</f>
         <v>3.0630000000000002</v>
       </c>
       <c r="H5" s="3">
         <v>2.4910000000000001</v>
@@ -2425,151 +2449,169 @@
       <c r="V5" s="8">
         <v>4.3499999999999996</v>
       </c>
       <c r="W5" s="10">
         <v>1.4129119399999999</v>
       </c>
       <c r="X5" s="8">
         <v>3.68</v>
       </c>
       <c r="Y5" s="10">
         <f>4535077.26/1000000</f>
         <v>4.5350772599999996</v>
       </c>
       <c r="Z5" s="10">
         <f>3676727.4/1000000</f>
         <v>3.6767273999999999</v>
       </c>
       <c r="AA5" s="10">
         <f>1075445.31/1000000</f>
         <v>1.0754453100000001</v>
       </c>
       <c r="AB5" s="10">
         <f>3298382.3/1000000</f>
         <v>3.2983822999999997</v>
       </c>
+      <c r="AC5" s="10">
+        <f>3626431/1000000</f>
+        <v>3.6264310000000002</v>
+      </c>
+      <c r="AD5" s="11"/>
     </row>
-    <row r="7" spans="1:28" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:30" x14ac:dyDescent="0.35">
       <c r="O7" s="1"/>
     </row>
-    <row r="8" spans="1:28" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:30" x14ac:dyDescent="0.35">
       <c r="O8" s="1"/>
     </row>
-    <row r="10" spans="1:28" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:30" x14ac:dyDescent="0.35">
       <c r="O10" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="92cc62ab-efdb-4b69-a713-55da12a284a5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="41070eb3-ce40-4cfb-8ed3-a08fd5310682" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d80fb846b647671563cb0b7645bc027" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x01010031AAF64EC36ADE41A0ADC64E6F139F10" ma:contentTypeVersion="17" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="9337628ad92174a5c0a7a0e052eeb06a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="92cc62ab-efdb-4b69-a713-55da12a284a5" xmlns:ns3="41070eb3-ce40-4cfb-8ed3-a08fd5310682" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8449f9dab336bf1953def6f04171b18a" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <xsd:import namespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="22" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="22" nillable="true" ma:displayName="Vienotās atbilstības politikas rekvizīti" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="23" nillable="true" ma:displayName="Vienotās atbilstības politikas UI darbība" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="92cc62ab-efdb-4b69-a713-55da12a284a5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c20d572e-93f8-47b3-8c65-cc8b4da651f1" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Attēlu atzīmes" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c20d572e-93f8-47b3-8c65-cc8b4da651f1" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
@@ -2589,88 +2631,88 @@
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="41070eb3-ce40-4cfb-8ed3-a08fd5310682" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{aaa3dd0d-9f5a-4923-8311-4f313bb50bb4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="41070eb3-ce40-4cfb-8ed3-a08fd5310682">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Koplietots ar" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Koplietots ar: detalizēti" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Satura tips"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Virsraksts"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2715,127 +2757,114 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D53E05C-0290-4D43-AE0A-7BF647C03D2E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
+    <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE3CD648-7696-4B1D-A137-38379CC82E4D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B2CDDAC-1E6B-4F8B-BD60-6B8A7BC0B757}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B83E010-5808-4956-8410-05F1FBF8B496}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="92cc62ab-efdb-4b69-a713-55da12a284a5"/>
     <ds:schemaRef ds:uri="41070eb3-ce40-4cfb-8ed3-a08fd5310682"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{1b8a7570-3ec8-4c4e-9532-5dbb2f157b31}" enabled="1" method="Standard" siteId="{fd50a0e4-c289-4266-b7ff-7d9cf5066e91}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025_3_cet.</vt:lpstr>
+      <vt:lpstr>2025_4_cet.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sanda Liepiņa</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>